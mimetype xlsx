--- v0 (2025-10-03)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9db23796eaf543f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99f73995cf4f4fe0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07127277f7364bdb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38563b6487f34536"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2fcdb2bac0e41c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07127277f7364bdb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3d9154583664c01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38563b6487f34536" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.20% p.a. Barrier Reverse Convertible on UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423919757</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,040</x:t>
-[...156 lines deleted...]
-          <x:t>102,370</x:t>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,550</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>16.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,590</x:t>
-[...124 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,955</x:t>
-[...4 lines deleted...]
-          <x:t>100,765</x:t>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,915</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>100,180</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>