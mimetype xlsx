--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R99f73995cf4f4fe0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5de784fd26f143df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38563b6487f34536"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9aedd06188b1458d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3d9154583664c01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38563b6487f34536" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05a4e9c4723a418c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9aedd06188b1458d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.20% p.a. Barrier Reverse Convertible on UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423919757</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...279 lines deleted...]
-          <x:t>100,805</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,805</x:t>
-[...64 lines deleted...]
-        <x:is>
           <x:t>100,865</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>101,025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,875</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>101,165</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>