--- v0 (2025-11-14)
+++ v1 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R329f4a90cb464167" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R368a516f17204b23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R416938f530954206"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabe74a9fd443456f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3105f06dda294ca3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R416938f530954206" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50109d6710c14ee0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabe74a9fd443456f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Barrier on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423918817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>98,180</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,150</x:t>
-[...286 lines deleted...]
-          <x:t>98,270</x:t>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,280</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>98,150</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,150</x:t>
-[...38 lines deleted...]
-          <x:t>06.11.2025</x:t>
+          <x:t>98,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,350</x:t>
-        </x:is>
-[...148 lines deleted...]
-          <x:t>98,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>