--- v1 (2026-01-12)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R368a516f17204b23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfdf4904dfa64978" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabe74a9fd443456f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0785f69e9fa43a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50109d6710c14ee0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabe74a9fd443456f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racdc53cd67bc4dcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0785f69e9fa43a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Barrier on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423918817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>98,550</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,580</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>15.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,720</x:t>
+          <x:t>98,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,720</x:t>
-[...65 lines deleted...]
-          <x:t>98,750</x:t>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,750</x:t>
-[...274 lines deleted...]
-          <x:t>98,350</x:t>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>