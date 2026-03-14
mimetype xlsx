--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfdf4904dfa64978" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55c0798e1657473b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re0785f69e9fa43a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98a9847344b0400c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racdc53cd67bc4dcc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re0785f69e9fa43a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cd551ee08ee4b25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98a9847344b0400c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Barrier on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423918817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>99,110</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,110</x:t>
-[...11 lines deleted...]
-          <x:t>99,180</x:t>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,270</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>99,080</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,270</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>99,250</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,320</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>99,740</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>