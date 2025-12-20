--- v0 (2025-10-03)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re681676142ca4412" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89211afe66db437f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5563ffd25ed24aa4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c4bdc6887c7400c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rccdb311cb48646a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5563ffd25ed24aa4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39da3a219c3d4a61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c4bdc6887c7400c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.60% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423917603</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>91,640</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,370</x:t>
-[...161 lines deleted...]
-          <x:t>94,800</x:t>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,670</x:t>
-        </x:is>
-[...214 lines deleted...]
-          <x:t>95,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>