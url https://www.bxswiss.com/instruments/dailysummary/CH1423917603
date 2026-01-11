--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89211afe66db437f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd40dea6ea9674a06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c4bdc6887c7400c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2cd136d52bf4890"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39da3a219c3d4a61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c4bdc6887c7400c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb66d60c9f364e40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2cd136d52bf4890" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.60% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423917603</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,750</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>