--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd40dea6ea9674a06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R116bd4bbdcb84ac1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2cd136d52bf4890"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85b0f41584d344ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb66d60c9f364e40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2cd136d52bf4890" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43ae08bbb26f4ef3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85b0f41584d344ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.60% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423917603</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>98,740</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>