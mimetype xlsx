--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R116bd4bbdcb84ac1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re393938682984e75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85b0f41584d344ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re77e707f7d9b4fbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43ae08bbb26f4ef3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85b0f41584d344ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R350cd24b0b594d69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re77e707f7d9b4fbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.60% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423917603</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>101,565</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,325</x:t>
-        </x:is>
-[...543 lines deleted...]
-          <x:t>102,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>