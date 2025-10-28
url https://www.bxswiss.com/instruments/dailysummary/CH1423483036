--- v0 (2025-10-05)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R113d7d03e3ee4454" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85e95edebcc94ecb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b91e17e59674b19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25400e6af4c84c97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd39eff1be7ef4482" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b91e17e59674b19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82c98544d3a84e4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25400e6af4c84c97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.25% p.a. JB Barrier Reverse Convertible (70%) auf Sika AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423483036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>84,900</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,350</x:t>
-[...75 lines deleted...]
-          <x:t>79,500</x:t>
+          <x:t>81,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,600</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>77,800</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,250</x:t>
-[...11 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>76,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,700</x:t>
-[...16 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>80,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,550</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>80,500</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>83,250</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>