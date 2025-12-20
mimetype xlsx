--- v1 (2025-10-28)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85e95edebcc94ecb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45e5e84a78b247e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25400e6af4c84c97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2147aedd657e44a2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82c98544d3a84e4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25400e6af4c84c97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7018621562df4445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2147aedd657e44a2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.25% p.a. JB Barrier Reverse Convertible (70%) auf Sika AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423483036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>76,000</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>