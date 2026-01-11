--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45e5e84a78b247e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde084a8cc6f3400c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2147aedd657e44a2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3ed4e90ca7c4c11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7018621562df4445" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2147aedd657e44a2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e8265f4b12e45c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3ed4e90ca7c4c11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.25% p.a. JB Barrier Reverse Convertible (70%) auf Sika AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423483036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>67,975</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,725</x:t>
-[...26 lines deleted...]
-          <x:t>70,375</x:t>
+          <x:t>71,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,675</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...251 lines deleted...]
-          <x:t>69,825</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>69,175</x:t>
-[...119 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>71,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,875</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>72,675</x:t>
-        </x:is>
-[...8 lines deleted...]
-          <x:t>72,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>