--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde084a8cc6f3400c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8851d381fd2d43da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3ed4e90ca7c4c11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R492235853c70432a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e8265f4b12e45c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3ed4e90ca7c4c11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6e5acd285634a0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R492235853c70432a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.25% p.a. JB Barrier Reverse Convertible (70%) auf Sika AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423483036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,275</x:t>
-[...441 lines deleted...]
-          <x:t>72,675</x:t>
+          <x:t>68,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>