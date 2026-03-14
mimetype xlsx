--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8851d381fd2d43da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re798884acf9243b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R492235853c70432a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfc41f9a919c4c71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6e5acd285634a0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R492235853c70432a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fc47a5385564fa9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfc41f9a919c4c71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.25% p.a. JB Barrier Reverse Convertible (70%) auf Sika AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423483036</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,175</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>65,725</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>65,175</x:t>
-[...512 lines deleted...]
-          <x:t>69,300</x:t>
+          <x:t>61,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>