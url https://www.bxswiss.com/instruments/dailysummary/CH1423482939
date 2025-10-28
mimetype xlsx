--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7a82ed8595e48c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R694c68521d994f42" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf381b028a42a47a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R089422ed196d4068"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11a3b4b0db8e48aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf381b028a42a47a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re456dcdc1c7b4af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R089422ed196d4068" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. JB Barrier Reverse Convertible (60%) auf OC Oerlikon Corp AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423482939</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>74,425</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,425</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>74,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,625</x:t>
-[...404 lines deleted...]
-          <x:t>70,275</x:t>
+          <x:t>75,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>