--- v1 (2025-10-28)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R694c68521d994f42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1802f5e3257493d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R089422ed196d4068"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ab57ae50bc147d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re456dcdc1c7b4af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R089422ed196d4068" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57a12ed3805d4401" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ab57ae50bc147d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. JB Barrier Reverse Convertible (60%) auf OC Oerlikon Corp AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423482939</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>75,250</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>