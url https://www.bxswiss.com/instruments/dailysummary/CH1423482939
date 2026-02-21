--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1802f5e3257493d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d1f262101ec49b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ab57ae50bc147d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5de335ff60184d05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57a12ed3805d4401" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ab57ae50bc147d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38c0e8ee98bf4105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5de335ff60184d05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. JB Barrier Reverse Convertible (60%) auf OC Oerlikon Corp AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423482939</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>85,825</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>