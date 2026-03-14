--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d1f262101ec49b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcddaa6bf45c44166" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5de335ff60184d05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R481acca6e9ed458c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38c0e8ee98bf4105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5de335ff60184d05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d42c6c48eb047fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R481acca6e9ed458c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. JB Barrier Reverse Convertible (60%) auf OC Oerlikon Corp AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423482939</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,075</x:t>
-[...4 lines deleted...]
-          <x:t>89,825</x:t>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,175</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>88,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,975</x:t>
-[...323 lines deleted...]
-          <x:t>91,600</x:t>
+          <x:t>89,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>