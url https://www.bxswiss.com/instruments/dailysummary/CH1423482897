--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b5b66ac32ed49e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aefde846a7d478b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37136a2337e947c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf10d79cd138443f1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f2e980cb6fb4dd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37136a2337e947c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe9db8629c434a1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf10d79cd138443f1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.75% p.a. JB Barrier Reverse Convertible (75%) auf Siegfried Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423482897</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>88,725</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,975</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,225</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,375</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>87,475</x:t>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,475</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,175</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...15 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>88,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>88,875</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...231 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,075</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>87,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,925</x:t>
-[...16 lines deleted...]
-          <x:t>88,025</x:t>
+          <x:t>87,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,225</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>85,325</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,425</x:t>
-        </x:is>
-[...187 lines deleted...]
-          <x:t>88,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>