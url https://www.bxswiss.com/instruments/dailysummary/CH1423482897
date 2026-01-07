--- v1 (2025-10-28)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aefde846a7d478b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5231c63484c4daf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf10d79cd138443f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5e1e514b9834214"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe9db8629c434a1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf10d79cd138443f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R758eba951a804a9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5e1e514b9834214" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.75% p.a. JB Barrier Reverse Convertible (75%) auf Siegfried Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423482897</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>85,425</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>