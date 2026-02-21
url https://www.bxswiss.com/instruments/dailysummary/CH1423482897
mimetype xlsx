--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5231c63484c4daf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e3ef47877af4d51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5e1e514b9834214"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R736f35d7138c4a56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R758eba951a804a9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5e1e514b9834214" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a4b8bb90cad4618" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R736f35d7138c4a56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.75% p.a. JB Barrier Reverse Convertible (75%) auf Siegfried Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423482897</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>80,750</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>