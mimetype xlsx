--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e3ef47877af4d51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R260e5202db3b425c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R736f35d7138c4a56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6733870464bb48cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a4b8bb90cad4618" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R736f35d7138c4a56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb659ddb186d74668" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6733870464bb48cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.75% p.a. JB Barrier Reverse Convertible (75%) auf Siegfried Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423482897</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,475</x:t>
-[...463 lines deleted...]
-          <x:t>90,325</x:t>
+          <x:t>88,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,400</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.02.2026</x:t>
-[...4 lines deleted...]
-          <x:t>90,175</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,275</x:t>
-[...48 lines deleted...]
-          <x:t>91,275</x:t>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,600</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>90,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,425</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>81,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>