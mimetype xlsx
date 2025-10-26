--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c7338c296b743f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aa8fdd72f4b4efd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2646ff2b8e1c48fc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c152a5b85684d18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27e4eeb663a943b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2646ff2b8e1c48fc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f2e90a0daae41b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c152a5b85684d18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.30% p.a. JB Barrier Reverse Convertible (70%) auf Georg Fischer AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423481964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,925</x:t>
-[...21 lines deleted...]
-          <x:t>89,575</x:t>
+          <x:t>90,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,575</x:t>
-[...598 lines deleted...]
-          <x:t>91,775</x:t>
+          <x:t>87,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>