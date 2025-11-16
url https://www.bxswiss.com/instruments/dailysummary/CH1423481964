--- v1 (2025-10-26)
+++ v2 (2025-11-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aa8fdd72f4b4efd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c741f7eb82b4b91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c152a5b85684d18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6380a707391a4053"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f2e90a0daae41b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c152a5b85684d18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77698010e17845e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6380a707391a4053" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.30% p.a. JB Barrier Reverse Convertible (70%) auf Georg Fischer AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423481964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...350 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,625</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>87,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,075</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,075</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>