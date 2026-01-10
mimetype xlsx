--- v2 (2025-11-16)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c741f7eb82b4b91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R042ab3fb0f2d4d8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6380a707391a4053"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re23ea1392f814ba5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77698010e17845e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6380a707391a4053" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44d9eaa143784b1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re23ea1392f814ba5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.30% p.a. JB Barrier Reverse Convertible (70%) auf Georg Fischer AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423481964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.10.2025</x:t>
-[...463 lines deleted...]
-          <x:t>76,250</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,925</x:t>
-[...26 lines deleted...]
-          <x:t>76,850</x:t>
+          <x:t>77,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,650</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>80,050</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,050</x:t>
-[...70 lines deleted...]
-          <x:t>79,400</x:t>
+          <x:t>79,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>