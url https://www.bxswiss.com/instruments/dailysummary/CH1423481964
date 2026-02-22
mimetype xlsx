--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R042ab3fb0f2d4d8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd18ed80a8224e30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re23ea1392f814ba5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56c3e1529a594fb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44d9eaa143784b1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re23ea1392f814ba5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb34c89f9a0a54938" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56c3e1529a594fb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.30% p.a. JB Barrier Reverse Convertible (70%) auf Georg Fischer AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423481964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>77,150</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,025</x:t>
-[...65 lines deleted...]
-          <x:t>78,200</x:t>
+          <x:t>74,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,050</x:t>
-[...16 lines deleted...]
-          <x:t>78,450</x:t>
+          <x:t>79,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>77,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,200</x:t>
-[...16 lines deleted...]
-          <x:t>79,150</x:t>
+          <x:t>76,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,300</x:t>
-        </x:is>
-[...327 lines deleted...]
-          <x:t>77,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>