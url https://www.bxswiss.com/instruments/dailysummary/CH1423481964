--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd18ed80a8224e30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf021b6f8a0c74355" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56c3e1529a594fb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b372fdd0ed74505"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb34c89f9a0a54938" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56c3e1529a594fb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R154d869846cf499d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b372fdd0ed74505" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.30% p.a. JB Barrier Reverse Convertible (70%) auf Georg Fischer AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1423481964</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>73,075</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,325</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>78,300</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>