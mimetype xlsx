--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4127244e3735449e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R183266f768994f44" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea20ca2fef75407a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R110336d554a340c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5043dbf181748ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea20ca2fef75407a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2695c217c2af4881" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R110336d554a340c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.25% p.a. JB Barrier Reverse Convertible (70%) auf Burckhardt Compression Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1422307418</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>97,050</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>