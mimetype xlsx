--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R183266f768994f44" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d54e77814a44f5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R110336d554a340c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43900f33e7944e02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2695c217c2af4881" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R110336d554a340c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda8eaa14ce9644dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43900f33e7944e02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.25% p.a. JB Barrier Reverse Convertible (70%) auf Burckhardt Compression Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1422307418</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,875</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>84,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>82,800</x:t>
-[...146 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>85,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,825</x:t>
-[...198 lines deleted...]
-          <x:t>87,125</x:t>
+          <x:t>87,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>