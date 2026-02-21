--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d54e77814a44f5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c09e9be48db48af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43900f33e7944e02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R176f9529968845b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda8eaa14ce9644dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43900f33e7944e02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e41a088dbfb4a76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R176f9529968845b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.25% p.a. JB Barrier Reverse Convertible (70%) auf Burckhardt Compression Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1422307418</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>86,075</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,075</x:t>
-[...335 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,425</x:t>
-[...36 lines deleted...]
-          <x:t>90,400</x:t>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>