--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c09e9be48db48af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb72260f0530a424a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R176f9529968845b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f9767a6386343df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e41a088dbfb4a76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R176f9529968845b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc31dae92918e47d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f9767a6386343df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.25% p.a. JB Barrier Reverse Convertible (70%) auf Burckhardt Compression Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1422307418</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,775</x:t>
-[...274 lines deleted...]
-          <x:t>86,825</x:t>
+          <x:t>90,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,500</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...262 lines deleted...]
-          <x:t>94,025</x:t>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>