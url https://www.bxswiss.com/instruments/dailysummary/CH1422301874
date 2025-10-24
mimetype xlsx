--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69219beb83b443f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96debe6039b642e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2c597e3b14f44d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2894f26a8e644b6c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7f1c0750b404268" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2c597e3b14f44d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5732620a79494170" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2894f26a8e644b6c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.50% p.a. JB Barrier Reverse Convertible (50%) auf NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1422301874</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,179 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...103 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>