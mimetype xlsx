--- v1 (2025-10-24)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96debe6039b642e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc446d89e2c84080" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2894f26a8e644b6c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0429e9304b74430"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5732620a79494170" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2894f26a8e644b6c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94dc56558b4b472c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0429e9304b74430" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.50% p.a. JB Barrier Reverse Convertible (50%) auf NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1422301874</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,137 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...146 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>