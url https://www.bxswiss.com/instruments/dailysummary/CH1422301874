--- v2 (2026-01-07)
+++ v3 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc446d89e2c84080" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4986efb8d1074db2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0429e9304b74430"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf68293d40684463d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94dc56558b4b472c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0429e9304b74430" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48e48ffd11504d50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf68293d40684463d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.50% p.a. JB Barrier Reverse Convertible (50%) auf NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1422301874</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,137 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>