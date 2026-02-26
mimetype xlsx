--- v3 (2026-02-06)
+++ v4 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4986efb8d1074db2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cd95f24a8a5423d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf68293d40684463d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3f7e994de134894"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48e48ffd11504d50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf68293d40684463d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4ba6d728d2243c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3f7e994de134894" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.50% p.a. JB Barrier Reverse Convertible (50%) auf NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1422301874</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,179 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...103 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>