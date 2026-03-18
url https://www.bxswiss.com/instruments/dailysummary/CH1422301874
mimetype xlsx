--- v4 (2026-02-26)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4cd95f24a8a5423d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0210bf8f04848bc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3f7e994de134894"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9b2dea311434d79"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4ba6d728d2243c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3f7e994de134894" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd54b921abde44186" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9b2dea311434d79" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.50% p.a. JB Barrier Reverse Convertible (50%) auf NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1422301874</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...110 lines deleted...]
-        <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>