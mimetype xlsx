--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0193e39187e64298" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re16eac81f7734c4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc0a9ca6a8f54825"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c752ead5e3c4ca9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54761b365c53446d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc0a9ca6a8f54825" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R157f8a356ebf4a83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c752ead5e3c4ca9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.40% p.a. JB Barrier Reverse Convertible (50%) auf NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1422301593</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>104,900</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,800</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...111 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,700</x:t>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>