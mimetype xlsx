--- v1 (2025-10-25)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re16eac81f7734c4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3abf8a4a1264354" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c752ead5e3c4ca9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31b71c42a2584efc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R157f8a356ebf4a83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c752ead5e3c4ca9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5b9f294fcff43db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31b71c42a2584efc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.40% p.a. JB Barrier Reverse Convertible (50%) auf NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1422301593</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>104,150</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>