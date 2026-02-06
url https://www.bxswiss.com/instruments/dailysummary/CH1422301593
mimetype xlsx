--- v2 (2026-01-08)
+++ v3 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3abf8a4a1264354" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R902b8dbc389f4e2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31b71c42a2584efc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R829d216e9bd54c7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5b9f294fcff43db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31b71c42a2584efc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5349e782a14b4e66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R829d216e9bd54c7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.40% p.a. JB Barrier Reverse Convertible (50%) auf NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1422301593</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>