--- v3 (2026-02-06)
+++ v4 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R902b8dbc389f4e2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R519d28c1327842a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R829d216e9bd54c7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb477c66a2d384f2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5349e782a14b4e66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R829d216e9bd54c7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fff524fded94525" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb477c66a2d384f2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.40% p.a. JB Barrier Reverse Convertible (50%) auf NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1422301593</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,551 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...377 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,400</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>102,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>102,350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>102,350</x:t>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,350</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>102,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>102,300</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,300</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>102,250</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,250</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>102,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,200</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>