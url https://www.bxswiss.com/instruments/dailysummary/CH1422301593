--- v4 (2026-02-26)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R519d28c1327842a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3933251429af4e65" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb477c66a2d384f2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1ded5f8f5a1450d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fff524fded94525" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb477c66a2d384f2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61c61df6615a4c05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1ded5f8f5a1450d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.40% p.a. JB Barrier Reverse Convertible (50%) auf NVIDIA Corp</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1422301593</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>102,050</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,000</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>101,250</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>101,650</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>