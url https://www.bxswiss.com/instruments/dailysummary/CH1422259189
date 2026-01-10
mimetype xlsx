--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65b82b9f428c47df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R687e697d67b542a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11291ca1894b42a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf345b0661db48e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26d2f40ecc8846f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11291ca1894b42a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78269477b2f34abd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf345b0661db48e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.65% p.a. Multi Barrier Reverse Convertible on ABB, PSP Swiss Property, Temenos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1422259189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...284 lines deleted...]
-          <x:t>100,340</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,955</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>100,995</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,185</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>101,355</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,225</x:t>
-[...259 lines deleted...]
-          <x:t>101,395</x:t>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,375</x:t>
-[...4 lines deleted...]
-          <x:t>101,675</x:t>
+          <x:t>102,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>