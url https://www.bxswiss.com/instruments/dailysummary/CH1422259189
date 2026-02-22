--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R687e697d67b542a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f8495bbc77142bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf345b0661db48e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90ccd33796184e19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78269477b2f34abd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf345b0661db48e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R817ff220b9af4af9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90ccd33796184e19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.65% p.a. Multi Barrier Reverse Convertible on ABB, PSP Swiss Property, Temenos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1422259189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>102,040</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>