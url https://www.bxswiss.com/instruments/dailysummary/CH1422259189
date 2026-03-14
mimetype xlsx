--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f8495bbc77142bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c8478e760a04e31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90ccd33796184e19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfbd6f000bd14bc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R817ff220b9af4af9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90ccd33796184e19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb06022f312f34dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfbd6f000bd14bc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.65% p.a. Multi Barrier Reverse Convertible on ABB, PSP Swiss Property, Temenos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1422259189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>99,140</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,150</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>97,730</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,910</x:t>
-[...274 lines deleted...]
-          <x:t>94,280</x:t>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>