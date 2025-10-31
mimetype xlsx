--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R664fbecbb7204a0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd74adee3024c47e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16d4369acc694712"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re262b6d7427e4be1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7974baab6d9484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16d4369acc694712" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2b0fbdfa49749fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re262b6d7427e4be1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Reverse Convertible on American Express, Block, Paypal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1422253927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,845</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>100,845</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,895</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>12.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,705</x:t>
-        </x:is>
-[...499 lines deleted...]
-          <x:t>101,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>