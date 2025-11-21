--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd74adee3024c47e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a28000300084005" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re262b6d7427e4be1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rede9854186df4ace"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2b0fbdfa49749fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re262b6d7427e4be1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa3a15bfbca24aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rede9854186df4ace" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Reverse Convertible on American Express, Block, Paypal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1422253927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,945</x:t>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,980</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...595 lines deleted...]
-          <x:t>100,705</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>