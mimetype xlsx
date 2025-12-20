--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a28000300084005" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b65bc21f8b34ba9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rede9854186df4ace"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd515f1d7829401b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa3a15bfbca24aa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rede9854186df4ace" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R147d40e19dd14b0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd515f1d7829401b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Reverse Convertible on American Express, Block, Paypal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1422253927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...392 lines deleted...]
-          <x:t>92,330</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,990</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>96,460</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,910</x:t>
-[...215 lines deleted...]
-          <x:t>94,850</x:t>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>