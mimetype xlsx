--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b65bc21f8b34ba9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10b7b303f752458f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd515f1d7829401b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54e123fd97d64b8e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R147d40e19dd14b0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd515f1d7829401b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4a598e9f35a43f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54e123fd97d64b8e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Reverse Convertible on American Express, Block, Paypal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1422253927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,270</x:t>
-[...4 lines deleted...]
-          <x:t>96,460</x:t>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,240</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...381 lines deleted...]
-          <x:t>19.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,680</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>