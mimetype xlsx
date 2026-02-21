--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10b7b303f752458f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfbd2a613bdc4e61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54e123fd97d64b8e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fc2a09b8d514c18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4a598e9f35a43f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54e123fd97d64b8e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1e591b4617543f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fc2a09b8d514c18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Reverse Convertible on American Express, Block, Paypal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1422253927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,660</x:t>
-[...333 lines deleted...]
-          <x:t>99,550</x:t>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>