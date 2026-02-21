--- v5 (2026-02-21)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfbd2a613bdc4e61" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7004ac1254404d75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fc2a09b8d514c18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9ada5e865f149d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1e591b4617543f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fc2a09b8d514c18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b50c3b8cbfb4e28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9ada5e865f149d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Reverse Convertible on American Express, Block, Paypal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1422253927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>