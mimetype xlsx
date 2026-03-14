--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7004ac1254404d75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb84fad418124b76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9ada5e865f149d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R494610f376304e76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b50c3b8cbfb4e28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9ada5e865f149d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0745aecba0a64a45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R494610f376304e76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Reverse Convertible on American Express, Block, Paypal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1422253927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,030</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>