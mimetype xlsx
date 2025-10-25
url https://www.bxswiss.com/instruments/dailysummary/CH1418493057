--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf4546e5d0444906" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a7d5c03f0bc4b6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c77a3bbfd3f48b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd005c3223ab64fb5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa0253eac7684127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c77a3bbfd3f48b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R597e3d57dc2e4daf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd005c3223ab64fb5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.75% p.a. JB Barrier Reverse Convertible (65%) auf Sonova Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1418493057</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,495 +149,90 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>88,075</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,175</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>88,425</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...393 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,925</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,775</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>