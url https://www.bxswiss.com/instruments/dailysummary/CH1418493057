--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a7d5c03f0bc4b6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d423599101040ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd005c3223ab64fb5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79932e9663a545e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R597e3d57dc2e4daf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd005c3223ab64fb5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1c205409d0c4fd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79932e9663a545e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.75% p.a. JB Barrier Reverse Convertible (65%) auf Sonova Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1418493057</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>86,875</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>