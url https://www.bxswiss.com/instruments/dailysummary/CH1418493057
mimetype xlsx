--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d423599101040ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21230b3e74dc4127" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79932e9663a545e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8513600cc42485b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1c205409d0c4fd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79932e9663a545e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd79926581cb4481" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8513600cc42485b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.75% p.a. JB Barrier Reverse Convertible (65%) auf Sonova Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1418493057</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>68,575</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,725</x:t>
-[...16 lines deleted...]
-          <x:t>68,475</x:t>
+          <x:t>69,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>68,175</x:t>
-[...26 lines deleted...]
-          <x:t>68,875</x:t>
+          <x:t>70,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,525</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>69,275</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>69,125</x:t>
-[...313 lines deleted...]
-          <x:t>69,525</x:t>
+          <x:t>71,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>69,525</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>71,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,475</x:t>
-[...6 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>70,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,625</x:t>
-[...43 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>71,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,225</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>71,350</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>