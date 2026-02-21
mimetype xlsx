--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21230b3e74dc4127" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3b71708d11e4545" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8513600cc42485b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb6f85ef842444ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd79926581cb4481" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8513600cc42485b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5be1a9e7f324e72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb6f85ef842444ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.75% p.a. JB Barrier Reverse Convertible (65%) auf Sonova Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1418493057</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>69,375</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>69,250</x:t>
-[...431 lines deleted...]
-          <x:t>72,725</x:t>
+          <x:t>68,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>