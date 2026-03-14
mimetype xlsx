--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3b71708d11e4545" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b5cebee24614fbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb6f85ef842444ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a5216f860fe4ae2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5be1a9e7f324e72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb6f85ef842444ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R258318b53aed49d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a5216f860fe4ae2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.75% p.a. JB Barrier Reverse Convertible (65%) auf Sonova Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1418493057</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,468 +149,63 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>69,775</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,175</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...96 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,150</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,175</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>