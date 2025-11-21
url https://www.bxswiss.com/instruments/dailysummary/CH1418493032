--- v0 (2025-10-28)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R811fccc31e0f4cf3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R767ab5bd677349e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ee6affef5874233"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1eecb77893f74be2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5bf8285274a45cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ee6affef5874233" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re581e37fd71147bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1eecb77893f74be2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.00% p.a. JB Barrier Reverse Convertible (70%) auf SIG Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1418493032</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>46,625</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>45,875</x:t>
-[...48 lines deleted...]
-          <x:t>47,125</x:t>
+          <x:t>47,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,075</x:t>
-[...420 lines deleted...]
-        <x:is>
           <x:t>47,775</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>46,475</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,775</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>47,825</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,975</x:t>
-        </x:is>
-[...35 lines deleted...]
-          <x:t>49,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>