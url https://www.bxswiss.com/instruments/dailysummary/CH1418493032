--- v1 (2025-11-21)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R767ab5bd677349e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1920cf9307443ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1eecb77893f74be2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re436fb5be7194896"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re581e37fd71147bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1eecb77893f74be2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31d017c4e6894c7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re436fb5be7194896" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.00% p.a. JB Barrier Reverse Convertible (70%) auf SIG Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1418493032</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>47,975</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>