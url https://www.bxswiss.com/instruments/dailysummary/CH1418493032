--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1920cf9307443ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd20303240c8442a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re436fb5be7194896"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd07f0367440a4c98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31d017c4e6894c7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re436fb5be7194896" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38030d490916484d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd07f0367440a4c98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.00% p.a. JB Barrier Reverse Convertible (70%) auf SIG Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1418493032</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...377 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>60,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>60,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,150</x:t>
-[...31 lines deleted...]
-          <x:t>60,350</x:t>
+          <x:t>60,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>