--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd20303240c8442a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49f81af4115247d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd07f0367440a4c98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rede348dd91d544f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38030d490916484d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd07f0367440a4c98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b5cb5ea09654706" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rede348dd91d544f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.00% p.a. JB Barrier Reverse Convertible (70%) auf SIG Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1418493032</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>60,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>59,700</x:t>
-        </x:is>
-[...602 lines deleted...]
-          <x:t>61,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>