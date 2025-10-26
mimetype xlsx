--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb87a9e32b28b4bb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9495d8aab0c5402a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdff8958bd6bd4962"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a1bc237ab154a54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc50824f584cc42aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdff8958bd6bd4962" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd74e00de44114104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a1bc237ab154a54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.75% p.a. JB Barrier Reverse Convertible (75%) auf Kuehne + Nagel International AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1418492976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>81,100</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,200</x:t>
-[...21 lines deleted...]
-          <x:t>77,700</x:t>
+          <x:t>76,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,150</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>78,750</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,000</x:t>
-        </x:is>
-[...192 lines deleted...]
-          <x:t>77,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>