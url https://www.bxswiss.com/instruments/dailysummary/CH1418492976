--- v1 (2025-10-26)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9495d8aab0c5402a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d53281461ce472c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a1bc237ab154a54"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bc1bf05b5f44ce5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd74e00de44114104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a1bc237ab154a54" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R958697e65ad04ad3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bc1bf05b5f44ce5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.75% p.a. JB Barrier Reverse Convertible (75%) auf Kuehne + Nagel International AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1418492976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>78,000</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>