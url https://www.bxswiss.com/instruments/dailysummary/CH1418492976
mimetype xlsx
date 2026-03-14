--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d53281461ce472c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6ac51a8690b42b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6bc1bf05b5f44ce5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5034f6e580f4954"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R958697e65ad04ad3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6bc1bf05b5f44ce5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bcf04be1f0e4a7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5034f6e580f4954" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.75% p.a. JB Barrier Reverse Convertible (75%) auf Kuehne + Nagel International AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1418492976</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,325</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,575</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,175</x:t>
+          <x:t>85,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,425</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...462 lines deleted...]
-          <x:t>13.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,700</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>81,500</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,650</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.02.2026</x:t>
-[...127 lines deleted...]
-          <x:t>85,325</x:t>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>