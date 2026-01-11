--- v0 (2025-10-03)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2f21c48bf684504" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10eeaf93fcda40ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R474341f526114759"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc229510f543f4fe4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4233a8e4094b4214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R474341f526114759" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6979af6023c466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc229510f543f4fe4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.75% p.a. JB Barrier Reverse Convertible (70%) auf Landis+Gyr Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1418492927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>105,275</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>