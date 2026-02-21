--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10eeaf93fcda40ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2895f0e448184328" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc229510f543f4fe4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54e37a3443534345"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6979af6023c466f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc229510f543f4fe4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dbd9c9f1f584bc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54e37a3443534345" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.75% p.a. JB Barrier Reverse Convertible (70%) auf Landis+Gyr Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1418492927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>100,300</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,750</x:t>
-[...6 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,050</x:t>
-[...4 lines deleted...]
-          <x:t>99,450</x:t>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,600</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...221 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,000</x:t>
-        </x:is>
-[...175 lines deleted...]
-          <x:t>100,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>