--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2895f0e448184328" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2da921137d574e7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54e37a3443534345"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15b1578c7f0d4064"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dbd9c9f1f584bc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54e37a3443534345" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7932e136baa406b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15b1578c7f0d4064" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.75% p.a. JB Barrier Reverse Convertible (70%) auf Landis+Gyr Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1418492927</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>98,700</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,000</x:t>
-[...620 lines deleted...]
-          <x:t>101,000</x:t>
+          <x:t>98,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>