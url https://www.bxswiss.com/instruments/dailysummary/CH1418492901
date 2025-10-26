--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb706c42e5f42488c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4cb135dc5f94a37" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R176f531a35a44f16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra155f0d628044c0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5101f7f2a104c8d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R176f531a35a44f16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3f2626754444e39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra155f0d628044c0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.75% p.a. JB Barrier Reverse Convertible (75%) auf Bossard Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1418492901</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>83,650</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>81,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>82,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>81,950</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,950</x:t>
-[...571 lines deleted...]
-          <x:t>83,250</x:t>
+          <x:t>84,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>