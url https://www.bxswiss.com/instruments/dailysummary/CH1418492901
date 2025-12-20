--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4cb135dc5f94a37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f776a4397d3431d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra155f0d628044c0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab4ab30be5fd41b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3f2626754444e39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra155f0d628044c0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3c9eb642cc84f76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab4ab30be5fd41b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.75% p.a. JB Barrier Reverse Convertible (75%) auf Bossard Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1418492901</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>84,300</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>