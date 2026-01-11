--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f776a4397d3431d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f804146500b4e95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab4ab30be5fd41b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bfced7a19894436"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3c9eb642cc84f76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab4ab30be5fd41b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8e228bdbe06489b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bfced7a19894436" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.75% p.a. JB Barrier Reverse Convertible (75%) auf Bossard Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1418492901</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,750</x:t>
+          <x:t>73,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,575</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>75,450</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,000</x:t>
-[...6 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>74,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,800</x:t>
-[...576 lines deleted...]
-          <x:t>74,125</x:t>
+          <x:t>76,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>