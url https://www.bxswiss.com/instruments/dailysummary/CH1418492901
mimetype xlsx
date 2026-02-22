--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f804146500b4e95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ddf1d0d4a9541b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bfced7a19894436"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde792186e03d4b0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8e228bdbe06489b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bfced7a19894436" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8a44d66b7564e23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde792186e03d4b0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.75% p.a. JB Barrier Reverse Convertible (75%) auf Bossard Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1418492901</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,875</x:t>
+          <x:t>74,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,575</x:t>
-[...64 lines deleted...]
-        <x:is>
           <x:t>76,150</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,950</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,025</x:t>
-[...355 lines deleted...]
-          <x:t>76,325</x:t>
+          <x:t>78,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>