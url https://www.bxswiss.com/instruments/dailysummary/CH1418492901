--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ddf1d0d4a9541b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd183e157c4ab4090" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde792186e03d4b0c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf53692ff26684240"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8a44d66b7564e23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde792186e03d4b0c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b84d2ee04664480" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf53692ff26684240" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.75% p.a. JB Barrier Reverse Convertible (75%) auf Bossard Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1418492901</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>75,650</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,525</x:t>
-[...124 lines deleted...]
-          <x:t>74,225</x:t>
+          <x:t>75,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>73,875</x:t>
-[...431 lines deleted...]
-          <x:t>80,550</x:t>
+          <x:t>73,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>