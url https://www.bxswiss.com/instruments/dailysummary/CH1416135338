--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5074ee27d1dd45a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd52809ac5b364f38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c199d615e1f41df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R620562938313429d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1da7a342a0e44499" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c199d615e1f41df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd34fca9f857344fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R620562938313429d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Core SPI ETF CHF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1416135338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>3,411</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,392</x:t>
-[...6 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>3,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,413</x:t>
-[...463 lines deleted...]
-          <x:t>3,337</x:t>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,373</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>3,442</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,384</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>