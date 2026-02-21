--- v1 (2025-10-31)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd52809ac5b364f38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb5d2abcf6424084" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R620562938313429d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8b54b3683e74f98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd34fca9f857344fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R620562938313429d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2632470eef84eb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8b54b3683e74f98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Core SPI ETF CHF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1416135338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>3,384</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>