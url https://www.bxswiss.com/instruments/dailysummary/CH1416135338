--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb5d2abcf6424084" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1af9ed27f5134aff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8b54b3683e74f98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29bcce7b10964980"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2632470eef84eb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8b54b3683e74f98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b08791a54a348b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29bcce7b10964980" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(L)FS - Core SPI ETF CHF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1416135338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>3,616</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,605</x:t>
-[...512 lines deleted...]
-          <x:t>3,784</x:t>
+          <x:t>3,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>