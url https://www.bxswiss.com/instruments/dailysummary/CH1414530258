--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47eb33415f7a44cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4880883b18a4ecd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98e8662c52b141d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf44b5bbc0ed5448a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafcfa6bb99794e5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98e8662c52b141d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93c2a2f69d8e47cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf44b5bbc0ed5448a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. JB Barrier Reverse Convertible (75%) auf Cie Financiere Richemont SA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1414530258</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...188 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,175</x:t>
-[...48 lines deleted...]
-          <x:t>86,475</x:t>
+          <x:t>87,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,175</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>86,475</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,025</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...180 lines deleted...]
-          <x:t>87,525</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,775</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...181 lines deleted...]
-          <x:t>89,925</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>