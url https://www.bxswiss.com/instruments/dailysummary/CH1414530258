--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4880883b18a4ecd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf83441ddc4e54f2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf44b5bbc0ed5448a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4824d5f64c99493f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93c2a2f69d8e47cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf44b5bbc0ed5448a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e870b2c9e584963" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4824d5f64c99493f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. JB Barrier Reverse Convertible (75%) auf Cie Financiere Richemont SA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1414530258</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>90,525</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,075</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>91,375</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>91,075</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>