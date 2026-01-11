--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf83441ddc4e54f2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R464b3aa96c424286" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4824d5f64c99493f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dd30ced931a4b72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e870b2c9e584963" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4824d5f64c99493f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5a37d40bb34417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dd30ced931a4b72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. JB Barrier Reverse Convertible (75%) auf Cie Financiere Richemont SA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1414530258</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>93,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>94,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,525</x:t>
-[...65 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>92,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,675</x:t>
-[...549 lines deleted...]
-          <x:t>93,225</x:t>
+          <x:t>94,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>