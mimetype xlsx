--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R464b3aa96c424286" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7374e864c8af4b88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dd30ced931a4b72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra65838f1fb644f25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5a37d40bb34417a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dd30ced931a4b72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a572ca6846e4ee6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra65838f1fb644f25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. JB Barrier Reverse Convertible (75%) auf Cie Financiere Richemont SA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1414530258</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>95,275</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>