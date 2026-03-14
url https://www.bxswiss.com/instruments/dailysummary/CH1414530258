--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7374e864c8af4b88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5539becb437445a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra65838f1fb644f25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d9cb664e2884fd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a572ca6846e4ee6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra65838f1fb644f25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rade1ff3989c34c64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d9cb664e2884fd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.00% p.a. JB Barrier Reverse Convertible (75%) auf Cie Financiere Richemont SA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1414530258</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>88,225</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,125</x:t>
-[...124 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,425</x:t>
-[...387 lines deleted...]
-          <x:t>90,925</x:t>
+          <x:t>83,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>