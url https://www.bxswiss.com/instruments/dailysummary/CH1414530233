--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1ff70517ad643a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a445f59499e4bf6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R340debd72bbe4754"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0674ccdf1e534895"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30ca04ba266d4ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R340debd72bbe4754" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8980e760a454821" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0674ccdf1e534895" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.75% p.a. JB Barrier Reverse Convertible (75%) auf Givaudan SA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1414530233</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,625</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>90,625</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,625</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>92,375</x:t>
-        </x:is>
-[...543 lines deleted...]
-          <x:t>85,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>