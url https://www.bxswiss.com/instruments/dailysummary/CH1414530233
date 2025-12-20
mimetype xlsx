--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a445f59499e4bf6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1270f4959b64381" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0674ccdf1e534895"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41566e82eacf4731"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8980e760a454821" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0674ccdf1e534895" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb689b92b1724f25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41566e82eacf4731" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.75% p.a. JB Barrier Reverse Convertible (75%) auf Givaudan SA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1414530233</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,525</x:t>
-[...4 lines deleted...]
-          <x:t>87,125</x:t>
+          <x:t>87,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,175</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,675</x:t>
+          <x:t>88,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,825</x:t>
-[...263 lines deleted...]
-        <x:is>
           <x:t>86,575</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>92,375</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>