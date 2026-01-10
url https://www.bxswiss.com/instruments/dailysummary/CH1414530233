--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1270f4959b64381" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1472abc792334084" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41566e82eacf4731"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1169ec8bb9c41ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb689b92b1724f25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41566e82eacf4731" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf92ce1931694d0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1169ec8bb9c41ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.75% p.a. JB Barrier Reverse Convertible (75%) auf Givaudan SA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1414530233</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>85,325</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,225</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>86,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,725</x:t>
-[...134 lines deleted...]
-          <x:t>88,875</x:t>
+          <x:t>87,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,625</x:t>
-[...155 lines deleted...]
-        <x:is>
           <x:t>77,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,000</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,100</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>