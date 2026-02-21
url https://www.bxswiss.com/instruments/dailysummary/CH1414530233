--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1472abc792334084" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5b10aa48e4d470b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb1169ec8bb9c41ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd367ebef5964410"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf92ce1931694d0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb1169ec8bb9c41ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc941c26acc0b42c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd367ebef5964410" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.75% p.a. JB Barrier Reverse Convertible (75%) auf Givaudan SA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1414530233</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>78,200</x:t>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>77,950</x:t>
-[...11 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>80,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>80,450</x:t>
-[...31 lines deleted...]
-          <x:t>79,200</x:t>
+          <x:t>77,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,350</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...202 lines deleted...]
-          <x:t>80,600</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,800</x:t>
-[...107 lines deleted...]
-          <x:t>80,950</x:t>
+          <x:t>76,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>