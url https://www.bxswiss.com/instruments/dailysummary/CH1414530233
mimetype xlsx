--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5b10aa48e4d470b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac51aba5446e4d64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd367ebef5964410"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb08025b3b9da42fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc941c26acc0b42c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd367ebef5964410" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40c42e3684164d63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb08025b3b9da42fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.75% p.a. JB Barrier Reverse Convertible (75%) auf Givaudan SA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1414530233</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>79,100</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>78,950</x:t>
-[...129 lines deleted...]
-          <x:t>79,550</x:t>
+          <x:t>77,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,350</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>78,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,050</x:t>
-[...11 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>76,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,150</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...308 lines deleted...]
-          <x:t>76,425</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>