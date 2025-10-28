--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeb024ebafe2432e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R873ff8d055b04ccb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f6b2d4f32aa4b36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9a435321f2f446e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R279f8a28a4d44d3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f6b2d4f32aa4b36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7099e544e4a4114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9a435321f2f446e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.25% p.a. JB Barrier Reverse Convertible (70%) auf COSMO Pharmaceuticals NV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1414530118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,875</x:t>
+          <x:t>94,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,625</x:t>
-[...146 lines deleted...]
-          <x:t>95,500</x:t>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,500</x:t>
-[...53 lines deleted...]
-          <x:t>95,600</x:t>
+          <x:t>96,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,200</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>96,350</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>