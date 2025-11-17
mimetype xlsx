--- v1 (2025-10-28)
+++ v2 (2025-11-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R873ff8d055b04ccb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb6ff70606c04ccf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9a435321f2f446e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ccb685627294175"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7099e544e4a4114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9a435321f2f446e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfcdaa23c89d4c68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ccb685627294175" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.25% p.a. JB Barrier Reverse Convertible (70%) auf COSMO Pharmaceuticals NV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1414530118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>93,075</x:t>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,925</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>92,525</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...234 lines deleted...]
-          <x:t>96,600</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,350</x:t>
-[...33 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>94,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,150</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>96,300</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,975</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>96,600</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>