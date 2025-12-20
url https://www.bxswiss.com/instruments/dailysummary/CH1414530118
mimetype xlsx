--- v2 (2025-11-17)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb6ff70606c04ccf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1d2e4d269024639" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ccb685627294175"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R328f124d75f04a22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfcdaa23c89d4c68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ccb685627294175" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1b8fd3e7c7142e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R328f124d75f04a22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.25% p.a. JB Barrier Reverse Convertible (70%) auf COSMO Pharmaceuticals NV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1414530118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>94,525</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,625</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>93,275</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,775</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>20.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,125</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...524 lines deleted...]
-          <x:t>94,725</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>