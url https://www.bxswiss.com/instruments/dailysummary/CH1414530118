--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1d2e4d269024639" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4ece8d9b6c040ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R328f124d75f04a22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e9d24f917b0447c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1b8fd3e7c7142e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R328f124d75f04a22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R216e4833def94022" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e9d24f917b0447c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.25% p.a. JB Barrier Reverse Convertible (70%) auf COSMO Pharmaceuticals NV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1414530118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,150</x:t>
-[...16 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,900</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>105,000</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>103,650</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>102,300</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>