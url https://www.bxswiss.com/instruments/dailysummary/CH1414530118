--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4ece8d9b6c040ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84afeed480d64cad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e9d24f917b0447c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25b71a6fe79a494f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R216e4833def94022" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e9d24f917b0447c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fb28b1b5743407c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25b71a6fe79a494f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.25% p.a. JB Barrier Reverse Convertible (70%) auf COSMO Pharmaceuticals NV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1414530118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...404 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,725</x:t>
-[...36 lines deleted...]
-          <x:t>103,575</x:t>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>