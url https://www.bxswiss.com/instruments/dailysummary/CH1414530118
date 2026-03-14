--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84afeed480d64cad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5aa8ca3a6614465f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25b71a6fe79a494f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R89ec4ab5b3f84c83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fb28b1b5743407c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25b71a6fe79a494f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd340a610a68143d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R89ec4ab5b3f84c83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.25% p.a. JB Barrier Reverse Convertible (70%) auf COSMO Pharmaceuticals NV</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1414530118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>104,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,000</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>104,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,600</x:t>
-[...26 lines deleted...]
-          <x:t>104,600</x:t>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,375</x:t>
-[...232 lines deleted...]
-          <x:t>104,900</x:t>
+          <x:t>103,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,975</x:t>
-[...296 lines deleted...]
-          <x:t>104,100</x:t>
+          <x:t>103,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>