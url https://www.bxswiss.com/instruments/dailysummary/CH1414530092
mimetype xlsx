--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ea70bdbd6654ada" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8420e843dd8343a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R217cbbd058cd4431"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aaf6050b3f145c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f997ed97dcc4557" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R217cbbd058cd4431" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree310cb7bc1e4303" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aaf6050b3f145c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.25% p.a. JB Barrier Reverse Convertible (70%) auf Lonza Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1414530092</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,300</x:t>
-[...21 lines deleted...]
-          <x:t>98,700</x:t>
+          <x:t>100,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,700</x:t>
-[...598 lines deleted...]
-          <x:t>98,150</x:t>
+          <x:t>100,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>