--- v1 (2025-10-25)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8420e843dd8343a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fce4db71e6443c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aaf6050b3f145c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8200b1a0a77454a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree310cb7bc1e4303" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aaf6050b3f145c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55bc2707269c4bb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8200b1a0a77454a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.25% p.a. JB Barrier Reverse Convertible (70%) auf Lonza Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1414530092</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>97,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>97,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,100</x:t>
-[...16 lines deleted...]
-          <x:t>97,300</x:t>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>95,750</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>97,050</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,500</x:t>
-[...318 lines deleted...]
-          <x:t>98,450</x:t>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,550</x:t>
-        </x:is>
-[...111 lines deleted...]
-          <x:t>100,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>