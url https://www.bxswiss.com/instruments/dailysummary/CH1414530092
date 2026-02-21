--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fce4db71e6443c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc097bcab93754036" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8200b1a0a77454a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d1b478aa6cc4469"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55bc2707269c4bb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8200b1a0a77454a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re97eef6d402c4c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d1b478aa6cc4469" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.25% p.a. JB Barrier Reverse Convertible (70%) auf Lonza Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1414530092</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>97,450</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>98,350</x:t>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,275</x:t>
-[...377 lines deleted...]
-          <x:t>97,550</x:t>
+          <x:t>97,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>