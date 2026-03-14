--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc097bcab93754036" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc25cc0032c28422f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d1b478aa6cc4469"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9901cf49bd6b4523"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re97eef6d402c4c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d1b478aa6cc4469" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ee46032eb3a4f22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9901cf49bd6b4523" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.25% p.a. JB Barrier Reverse Convertible (70%) auf Lonza Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1414530092</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,400</x:t>
-[...188 lines deleted...]
-          <x:t>97,800</x:t>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,625</x:t>
-[...33 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>94,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,000</x:t>
-[...53 lines deleted...]
-          <x:t>96,850</x:t>
+          <x:t>96,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,350</x:t>
-[...16 lines deleted...]
-          <x:t>96,450</x:t>
+          <x:t>95,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,475</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>92,875</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,925</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>97,475</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>