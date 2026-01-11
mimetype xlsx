--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c9aacd254704082" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5293064a8a64e14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R257b36d48efc4d10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cb578a7bff648b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re77ccf41c2ac4b64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R257b36d48efc4d10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d2cb812b6334078" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cb578a7bff648b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.25% p.a. JB Barrier Reverse Convertible (70%) auf Partners Group Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1412304946</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>68,625</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>68,525</x:t>
-[...26 lines deleted...]
-          <x:t>69,025</x:t>
+          <x:t>69,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,275</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>28.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,775</x:t>
-[...291 lines deleted...]
-          <x:t>69,975</x:t>
+          <x:t>71,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,525</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>70,800</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>