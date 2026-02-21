--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5293064a8a64e14" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc86ee3eaf5914abf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cb578a7bff648b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c2c7d6bfa7c42b4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d2cb812b6334078" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cb578a7bff648b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a18c3f14f8b428d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c2c7d6bfa7c42b4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.25% p.a. JB Barrier Reverse Convertible (70%) auf Partners Group Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1412304946</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>69,875</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>69,375</x:t>
-[...16 lines deleted...]
-          <x:t>69,625</x:t>
+          <x:t>70,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>69,625</x:t>
-[...65 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>71,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,375</x:t>
-[...62 lines deleted...]
-        <x:is>
           <x:t>70,800</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.12.2025</x:t>
-[...235 lines deleted...]
-          <x:t>74,325</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>