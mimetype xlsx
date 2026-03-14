--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc86ee3eaf5914abf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcd4d07d5976466b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c2c7d6bfa7c42b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb213ff82e40143cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a18c3f14f8b428d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c2c7d6bfa7c42b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2882afd893b4d66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb213ff82e40143cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.25% p.a. JB Barrier Reverse Convertible (70%) auf Partners Group Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1412304946</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>72,475</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>69,200</x:t>
-[...6 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>68,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>70,275</x:t>
-[...156 lines deleted...]
-          <x:t>68,225</x:t>
+          <x:t>67,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,525</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>69,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>65,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>66,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>