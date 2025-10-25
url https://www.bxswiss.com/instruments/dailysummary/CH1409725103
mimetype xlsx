--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48704eafb49146c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R106c9b8e41b9412b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bcb4f61385a46ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29c57574c5c7430b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re10f6ab6cde3461d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bcb4f61385a46ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1482413ef09a4503" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29c57574c5c7430b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Temenos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409725103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>92,200</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,070</x:t>
-[...11 lines deleted...]
-          <x:t>92,210</x:t>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,820</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...482 lines deleted...]
-          <x:t>94,700</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,230</x:t>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>