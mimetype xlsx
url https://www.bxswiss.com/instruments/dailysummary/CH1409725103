--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R106c9b8e41b9412b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd3edde471e04812" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R29c57574c5c7430b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93a181e1422c4936"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1482413ef09a4503" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R29c57574c5c7430b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e7243a603d64e9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93a181e1422c4936" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Temenos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409725103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>93,940</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>