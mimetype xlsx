--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd3edde471e04812" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59a1cf4bacfd464b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R93a181e1422c4936"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e93d6c48a37400d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e7243a603d64e9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R93a181e1422c4936" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9d1c1048ac24c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e93d6c48a37400d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Temenos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409725103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>