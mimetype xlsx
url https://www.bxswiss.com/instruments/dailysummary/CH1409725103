--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59a1cf4bacfd464b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3baa17031a144585" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e93d6c48a37400d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79306d1d1c5b469e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9d1c1048ac24c65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e93d6c48a37400d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4301270f1734dc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79306d1d1c5b469e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Temenos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409725103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>99,730</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,010</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...62 lines deleted...]
-          <x:t>24.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,840</x:t>
-[...48 lines deleted...]
-          <x:t>99,230</x:t>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,910</x:t>
-[...26 lines deleted...]
-          <x:t>100,180</x:t>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,400</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>28.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,665</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>101,415</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,355</x:t>
-[...87 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,555</x:t>
-[...279 lines deleted...]
-          <x:t>100,010</x:t>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>