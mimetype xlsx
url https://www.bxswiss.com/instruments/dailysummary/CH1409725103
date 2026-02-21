--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3baa17031a144585" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3107ac1def94673" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79306d1d1c5b469e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2fc663fb98f41fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4301270f1734dc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79306d1d1c5b469e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc065ed2989dc49be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2fc663fb98f41fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Temenos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409725103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>99,350</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,050</x:t>
-[...38 lines deleted...]
-          <x:t>99,230</x:t>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,140</x:t>
-[...26 lines deleted...]
-          <x:t>99,180</x:t>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,380</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>101,005</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>