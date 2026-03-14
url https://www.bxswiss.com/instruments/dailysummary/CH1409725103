--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3107ac1def94673" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R204cf850a12f4d90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2fc663fb98f41fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R154d7b7e542e4607"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc065ed2989dc49be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2fc663fb98f41fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1029893b1e64247" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R154d7b7e542e4607" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Temenos</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409725103</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>98,680</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,030</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>99,610</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,610</x:t>
-[...124 lines deleted...]
-          <x:t>97,220</x:t>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,050</x:t>
-[...409 lines deleted...]
-          <x:t>95,050</x:t>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>