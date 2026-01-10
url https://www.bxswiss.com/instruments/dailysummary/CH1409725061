--- v0 (2025-12-20)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra3d2466367ed45c7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51b8aaaf6d724591" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae1dea7405864547"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f8367ceb98942e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1a19121a42d4683" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae1dea7405864547" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30796e8f55394b48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f8367ceb98942e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.20% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409725061</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>99,810</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,180</x:t>
-[...281 lines deleted...]
-          <x:t>98,580</x:t>
+          <x:t>99,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,200</x:t>
-[...11 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,450</x:t>
-[...306 lines deleted...]
-          <x:t>97,330</x:t>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>