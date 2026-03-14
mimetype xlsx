--- v1 (2026-01-10)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51b8aaaf6d724591" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea1017ae44bb428e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f8367ceb98942e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e31cf4ba6ff460b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30796e8f55394b48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f8367ceb98942e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ffd1b134bc34a3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e31cf4ba6ff460b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.20% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409725061</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>93,600</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,310</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>98,270</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>