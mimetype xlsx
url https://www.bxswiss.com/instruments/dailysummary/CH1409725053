--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R088d77d8cd9943d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1e2b0e3a036450d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R788a858a8302496a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd6e1372fba44018"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R319d0bfaa82d4847" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R788a858a8302496a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc585455aef764b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd6e1372fba44018" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.40% p.a. Barrier Reverse Convertible on JD.com ADR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409725053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,640</x:t>
-[...4 lines deleted...]
-          <x:t>94,850</x:t>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,160</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...445 lines deleted...]
-          <x:t>96,420</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,740</x:t>
-[...134 lines deleted...]
-          <x:t>97,320</x:t>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>