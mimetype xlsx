--- v1 (2025-11-14)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1e2b0e3a036450d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R410912a570b0440e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd6e1372fba44018"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbff80195079f4423"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc585455aef764b0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd6e1372fba44018" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddc040c3cb9a427e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbff80195079f4423" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.40% p.a. Barrier Reverse Convertible on JD.com ADR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409725053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...107 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,110</x:t>
-[...313 lines deleted...]
-          <x:t>04.11.2025</x:t>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,560</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>94,400</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>