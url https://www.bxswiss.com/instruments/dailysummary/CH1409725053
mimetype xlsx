--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R410912a570b0440e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7e7b8c3b8c14baf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbff80195079f4423"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd97808c01ea34194"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddc040c3cb9a427e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbff80195079f4423" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R161094ee93564840" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd97808c01ea34194" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.40% p.a. Barrier Reverse Convertible on JD.com ADR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409725053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>92,260</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,250</x:t>
-[...296 lines deleted...]
-          <x:t>93,230</x:t>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>