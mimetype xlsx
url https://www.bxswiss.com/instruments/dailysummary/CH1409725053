--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7e7b8c3b8c14baf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R397e73df6b4b448c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd97808c01ea34194"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra118c9268785460b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R161094ee93564840" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd97808c01ea34194" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R995d6f43ed934239" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra118c9268785460b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.40% p.a. Barrier Reverse Convertible on JD.com ADR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409725053</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,546 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>90,900</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,260</x:t>
-[...204 lines deleted...]
-        <x:is>
           <x:t>89,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,820</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,900</x:t>
         </x:is>
       </x:c>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>