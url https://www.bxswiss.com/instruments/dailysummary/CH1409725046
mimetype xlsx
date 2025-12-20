--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f69b311f1364dc8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R238e86742f8b4892" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96e4021586c24091"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9667ef24c094798"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4765877567fb4ac8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96e4021586c24091" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2209bf5b99474559" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9667ef24c094798" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.20% p.a. Barrier Reverse Convertible on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409725046</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>92,510</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>