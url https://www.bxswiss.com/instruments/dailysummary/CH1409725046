--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R238e86742f8b4892" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8cec7b5774a496a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd9667ef24c094798"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79a17adc80874ff4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2209bf5b99474559" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd9667ef24c094798" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f1f3f1b53f64b37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79a17adc80874ff4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.20% p.a. Barrier Reverse Convertible on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409725046</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>95,840</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,520</x:t>
-[...21 lines deleted...]
-          <x:t>94,170</x:t>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,670</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>95,970</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,720</x:t>
-[...11 lines deleted...]
-          <x:t>95,790</x:t>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,470</x:t>
-[...80 lines deleted...]
-          <x:t>96,550</x:t>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,790</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>94,640</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>