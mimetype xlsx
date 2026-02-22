--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8cec7b5774a496a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f36332a545c4c3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79a17adc80874ff4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ba8cc3749a3410c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f1f3f1b53f64b37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79a17adc80874ff4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e8594ffe990492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ba8cc3749a3410c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.20% p.a. Barrier Reverse Convertible on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409725046</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...68 lines deleted...]
-          <x:t>93,610</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,750</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>94,200</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,320</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>96,540</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>