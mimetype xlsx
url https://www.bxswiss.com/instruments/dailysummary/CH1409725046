--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f36332a545c4c3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29c21b743ee54a08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ba8cc3749a3410c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a99356dadfb4f4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e8594ffe990492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ba8cc3749a3410c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2ca85c6e0d7404f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a99356dadfb4f4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.20% p.a. Barrier Reverse Convertible on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409725046</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>91,440</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,030</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>91,800</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,240</x:t>
-[...43 lines deleted...]
-          <x:t>90,010</x:t>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,570</x:t>
-[...431 lines deleted...]
-          <x:t>94,360</x:t>
+          <x:t>87,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>