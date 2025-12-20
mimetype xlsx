--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaba08d224f9451c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff3adf70811a42a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbb1e7801a2242de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06645a2a7c9f4f6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bd68df123d840a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbb1e7801a2242de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ac5b9757f4d4343" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06645a2a7c9f4f6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Barrier on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409724338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>98,150</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>