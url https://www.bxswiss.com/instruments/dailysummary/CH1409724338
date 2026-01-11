--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff3adf70811a42a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33c2f8a3c5724cda" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06645a2a7c9f4f6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b07f6fdb82849fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ac5b9757f4d4343" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06645a2a7c9f4f6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd5db186ff81403b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b07f6fdb82849fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Barrier on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409724338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>99,190</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,120</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>99,040</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,080</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.11.2025</x:t>
-[...323 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,020</x:t>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,960</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>98,900</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>99,040</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,040</x:t>
-[...53 lines deleted...]
-          <x:t>99,080</x:t>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>