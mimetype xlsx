--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33c2f8a3c5724cda" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c176b0fcc74490f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b07f6fdb82849fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0db1f23a160d4d2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd5db186ff81403b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b07f6fdb82849fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R333cd323a8364e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0db1f23a160d4d2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Barrier on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409724338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,960</x:t>
-[...139 lines deleted...]
-          <x:t>99,040</x:t>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,120</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.12.2025</x:t>
-[...262 lines deleted...]
-          <x:t>98,720</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>