--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c176b0fcc74490f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77c1c589a6ea43d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0db1f23a160d4d2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R569e8b707bfe4d39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R333cd323a8364e67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0db1f23a160d4d2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8c5cda84a0f4c41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R569e8b707bfe4d39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Barrier on Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409724338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,570</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>11.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,710</x:t>
-        </x:is>
-[...202 lines deleted...]
-          <x:t>100,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>