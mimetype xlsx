--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa4f6aea5ced4d55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e0b1315232741b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a59644dfdc04e07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redbfa84148c64d3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5087f12b10524241" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a59644dfdc04e07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31c4a313df4347f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redbfa84148c64d3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.32% p.a. Multi Barrier Reverse Convertible on Richemont, Nestlé, Novartis, Roche, UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409724270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>89,370</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,950</x:t>
-[...38 lines deleted...]
-          <x:t>89,320</x:t>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,140</x:t>
-[...409 lines deleted...]
-          <x:t>89,820</x:t>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>