--- v1 (2025-10-24)
+++ v2 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e0b1315232741b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8720e331b0540c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redbfa84148c64d3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde1a5c52fff147c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31c4a313df4347f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redbfa84148c64d3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7b255f0819e4ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde1a5c52fff147c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.32% p.a. Multi Barrier Reverse Convertible on Richemont, Nestlé, Novartis, Roche, UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409724270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>90,330</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,250</x:t>
-[...11 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,470</x:t>
-[...58 lines deleted...]
-          <x:t>89,920</x:t>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,820</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>91,180</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>