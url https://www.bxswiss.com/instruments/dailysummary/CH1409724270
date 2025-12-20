--- v2 (2025-11-13)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8720e331b0540c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5a99f7993174f90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde1a5c52fff147c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26d2c62c7f7741d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7b255f0819e4ef6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde1a5c52fff147c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc429a30bbd134dac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26d2c62c7f7741d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.32% p.a. Multi Barrier Reverse Convertible on Richemont, Nestlé, Novartis, Roche, UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409724270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...571 lines deleted...]
-          <x:t>91,820</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,820</x:t>
-[...11 lines deleted...]
-          <x:t>12.11.2025</x:t>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,700</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>92,440</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>