--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5a99f7993174f90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re68cf28e49734f60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26d2c62c7f7741d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90f924009df14b20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc429a30bbd134dac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26d2c62c7f7741d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R156b00cc520b4663" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90f924009df14b20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.32% p.a. Multi Barrier Reverse Convertible on Richemont, Nestlé, Novartis, Roche, UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409724270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>92,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,720</x:t>
-[...543 lines deleted...]
-        <x:is>
           <x:t>93,390</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.12.2025</x:t>
-[...73 lines deleted...]
-          <x:t>93,520</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>