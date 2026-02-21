--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re68cf28e49734f60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75b09e3b2d404f1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90f924009df14b20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d1150c60fa84652"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R156b00cc520b4663" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90f924009df14b20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bb924dfbb1749f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d1150c60fa84652" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.32% p.a. Multi Barrier Reverse Convertible on Richemont, Nestlé, Novartis, Roche, UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409724270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>92,830</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,740</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>92,730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...343 lines deleted...]
-          <x:t>93,980</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>