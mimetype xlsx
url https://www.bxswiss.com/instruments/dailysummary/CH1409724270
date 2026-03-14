--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75b09e3b2d404f1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcaa90972fa704a17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d1150c60fa84652"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd5598fada8a400e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3bb924dfbb1749f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d1150c60fa84652" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb22544081e14668" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd5598fada8a400e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.32% p.a. Multi Barrier Reverse Convertible on Richemont, Nestlé, Novartis, Roche, UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409724270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>92,210</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,670</x:t>
-[...264 lines deleted...]
-          <x:t>92,280</x:t>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,000</x:t>
-[...296 lines deleted...]
-          <x:t>93,010</x:t>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>