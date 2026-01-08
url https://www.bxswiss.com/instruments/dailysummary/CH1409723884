--- v0 (2025-10-25)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9556cc6fcbfb4a51" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R862672e31f0b4a29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85b3406e716a4a63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73ffbd4e76824321"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e3c5e038630459f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85b3406e716a4a63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a1f207f45944fc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73ffbd4e76824321" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.63% p.a. Multi Barrier Reverse Convertible on Richemont, Nestlé, Novartis, Roche, UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409723884</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>91,770</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>