--- v1 (2026-01-08)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R862672e31f0b4a29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fa3391147524798" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73ffbd4e76824321"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R740c5f0295604ac7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a1f207f45944fc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73ffbd4e76824321" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbb19e9f80644f2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R740c5f0295604ac7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.63% p.a. Multi Barrier Reverse Convertible on Richemont, Nestlé, Novartis, Roche, UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409723884</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>94,080</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,060</x:t>
-[...21 lines deleted...]
-          <x:t>93,420</x:t>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,650</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>94,200</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>