--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fa3391147524798" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63c9e143d3cb49dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R740c5f0295604ac7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R725e40226a3d48e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfbb19e9f80644f2b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R740c5f0295604ac7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59b801b63f90459e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R725e40226a3d48e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.63% p.a. Multi Barrier Reverse Convertible on Richemont, Nestlé, Novartis, Roche, UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409723884</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,640</x:t>
-[...151 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,250</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>93,880</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>