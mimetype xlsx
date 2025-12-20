--- v0 (2025-10-02)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9371fa77d2b54025" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd03074a16ce44c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd968665057be43e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9379b4ede0094d49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0742481bfbfa4062" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd968665057be43e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc43e5467013c4a90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9379b4ede0094d49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on STMicroelectronics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409722498</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,570</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>94,000</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,870</x:t>
-[...490 lines deleted...]
-          <x:t>96,580</x:t>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>