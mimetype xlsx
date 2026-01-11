--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd03074a16ce44c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6ae89d4e5c14046" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9379b4ede0094d49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a848690b7274d62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc43e5467013c4a90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9379b4ede0094d49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3a3cf95e12345fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a848690b7274d62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on STMicroelectronics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409722498</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...409 lines deleted...]
-          <x:t>94,540</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,110</x:t>
-[...43 lines deleted...]
-          <x:t>94,200</x:t>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,830</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>93,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,510</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>94,310</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>