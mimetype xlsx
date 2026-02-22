--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6ae89d4e5c14046" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7049f0309cf4862" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a848690b7274d62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R288967aa248e460e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3a3cf95e12345fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a848690b7274d62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08c6b896c38a492a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R288967aa248e460e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on STMicroelectronics</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409722498</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...350 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,590</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>98,550</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>