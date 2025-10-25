--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a39a04a7ac04e92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra30b99f653f94068" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3c233f87921418e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77ebe78ff24d485a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2e295274c874451" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3c233f87921418e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd94055ae3b3456b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77ebe78ff24d485a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on VAT Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409722423</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...311 lines deleted...]
-          <x:t>95,140</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,290</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,810</x:t>
-[...16 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,740</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...254 lines deleted...]
-          <x:t>98,420</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>