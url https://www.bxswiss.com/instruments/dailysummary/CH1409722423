--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra30b99f653f94068" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R325ce1b8361840bf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77ebe78ff24d485a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a791be99b154f99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd94055ae3b3456b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77ebe78ff24d485a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9605e1bed9d2475b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a791be99b154f99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on VAT Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409722423</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,750</x:t>
-[...134 lines deleted...]
-          <x:t>98,630</x:t>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,420</x:t>
-[...11 lines deleted...]
-          <x:t>98,350</x:t>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,300</x:t>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,400</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>98,760</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>