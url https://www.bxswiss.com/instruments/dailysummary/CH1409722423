--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R325ce1b8361840bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1caa96e3f4141cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a791be99b154f99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R186707177600441e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9605e1bed9d2475b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a791be99b154f99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c67619fe05042bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R186707177600441e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on VAT Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409722423</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,410</x:t>
-[...124 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,860</x:t>
-[...16 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,590</x:t>
-[...274 lines deleted...]
-          <x:t>99,520</x:t>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>