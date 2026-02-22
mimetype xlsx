--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1caa96e3f4141cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcad7850760c94c72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R186707177600441e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33d677aa03b94047"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c67619fe05042bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R186707177600441e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R828808d2842347d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33d677aa03b94047" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on VAT Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409722423</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>101,495</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>