--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10f449039d8d492e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00bef65b2f0243ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R206805e4205e4c90"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2ae2a99b7664f00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9b911465dfb4450" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R206805e4205e4c90" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e8211beb82a405c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2ae2a99b7664f00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Julius Bär</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409722407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,600</x:t>
-[...70 lines deleted...]
-          <x:t>05.09.2025</x:t>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,600</x:t>
-[...332 lines deleted...]
-        <x:is>
           <x:t>98,840</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>97,160</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,570</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>26.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,990</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>98,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,460</x:t>
-[...107 lines deleted...]
-          <x:t>99,120</x:t>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>