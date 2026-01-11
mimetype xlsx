--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00bef65b2f0243ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R617250e72e2c452a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2ae2a99b7664f00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96a834bda8124c36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e8211beb82a405c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2ae2a99b7664f00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4098582d2da84e17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96a834bda8124c36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Julius Bär</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409722407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...215 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,470</x:t>
-[...138 lines deleted...]
-        <x:is>
           <x:t>99,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,310</x:t>
-[...269 lines deleted...]
-          <x:t>97,450</x:t>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>