--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R617250e72e2c452a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R909930a7faf54414" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96a834bda8124c36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54282cb412834aed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4098582d2da84e17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96a834bda8124c36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda7ec523a3c44036" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54282cb412834aed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Julius Bär</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409722407</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...279 lines deleted...]
-          <x:t>100,360</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,230</x:t>
-[...161 lines deleted...]
-          <x:t>100,665</x:t>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>