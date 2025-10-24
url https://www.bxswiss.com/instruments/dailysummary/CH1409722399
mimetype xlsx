--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R472d2fb47fe040fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f99d91b3f184ad4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R872c1f9ac60b4b27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdae8e29ad68c4da1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R413757b37ff54bb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R872c1f9ac60b4b27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b90b9bd5ce94183" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdae8e29ad68c4da1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on Glencore</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409722399</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,460</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>