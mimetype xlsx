--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f99d91b3f184ad4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7767bbca8b9e4e0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdae8e29ad68c4da1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e21a8e44a4c4058"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b90b9bd5ce94183" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdae8e29ad68c4da1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f362e5c0c754fc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e21a8e44a4c4058" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on Glencore</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409722399</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>99,070</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,470</x:t>
-[...48 lines deleted...]
-          <x:t>99,240</x:t>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,300</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>99,310</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,930</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>100,110</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,130</x:t>
-        </x:is>
-[...413 lines deleted...]
-          <x:t>99,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>