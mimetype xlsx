--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7767bbca8b9e4e0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6f862186b8c4dae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e21a8e44a4c4058"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fba75e4ad5e4ccf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f362e5c0c754fc6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e21a8e44a4c4058" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9185ee35e4264606" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fba75e4ad5e4ccf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on Glencore</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409722399</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>100,420</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,030</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>100,280</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,010</x:t>
-[...151 lines deleted...]
-          <x:t>100,450</x:t>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,125</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...438 lines deleted...]
-          <x:t>100,130</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>