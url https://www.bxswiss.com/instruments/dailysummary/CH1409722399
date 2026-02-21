--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6f862186b8c4dae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re190998b2e9e4962" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0fba75e4ad5e4ccf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R427d603c388d45c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9185ee35e4264606" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0fba75e4ad5e4ccf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R244315be671b45ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R427d603c388d45c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on Glencore</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409722399</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...404 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,215</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>101,405</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>