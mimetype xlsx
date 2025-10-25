--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b9152c18292465e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb443750602f4659" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16b98b6f04dc4e07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aaf119396cf4f73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07944ff11a37449b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16b98b6f04dc4e07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7252214df00c4b83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aaf119396cf4f73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Barrier Discount Certificate on Tecan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409720971</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>47,310</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,130</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>46,700</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,540</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...278 lines deleted...]
-          <x:t>29.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>43,150</x:t>
-[...117 lines deleted...]
-          <x:t>45,240</x:t>
+          <x:t>41,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>