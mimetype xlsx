--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb443750602f4659" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf1bd9fb4b5d4c6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aaf119396cf4f73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde3f1184f789466f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7252214df00c4b83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aaf119396cf4f73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fb19bfa325c494b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde3f1184f789466f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Barrier Discount Certificate on Tecan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409720971</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>44,800</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>