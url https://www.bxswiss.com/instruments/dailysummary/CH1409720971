--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf1bd9fb4b5d4c6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3b056ba471a4423" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde3f1184f789466f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re890115a12e74f82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fb19bfa325c494b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde3f1184f789466f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R943595d83cce4106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re890115a12e74f82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Barrier Discount Certificate on Tecan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409720971</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>40,510</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>40,360</x:t>
-[...431 lines deleted...]
-          <x:t>36,810</x:t>
+          <x:t>41,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>