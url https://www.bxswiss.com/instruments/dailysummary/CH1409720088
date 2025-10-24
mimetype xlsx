--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd911258c6d124fc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R184a2747803c4eb7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf87f23a6aab74621"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdc71c8a5d224955"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ee961f4bac34e8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf87f23a6aab74621" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40b6822ab16a4682" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdc71c8a5d224955" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.00% p.a. Barrier Reverse Convertible on Palantir Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409720088</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>102,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,450</x:t>
-[...43 lines deleted...]
-          <x:t>102,570</x:t>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,550</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>102,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,790</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>102,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,470</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>102,520</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>102,370</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,310</x:t>
-[...16 lines deleted...]
-          <x:t>102,460</x:t>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,430</x:t>
-[...85 lines deleted...]
-          <x:t>102,880</x:t>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>