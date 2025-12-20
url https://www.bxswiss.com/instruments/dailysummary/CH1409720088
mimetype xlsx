--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R184a2747803c4eb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51ea463a304d47fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdc71c8a5d224955"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd81c334a91d94fd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40b6822ab16a4682" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdc71c8a5d224955" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6cb9645c228411d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd81c334a91d94fd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.00% p.a. Barrier Reverse Convertible on Palantir Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409720088</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>102,610</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>102,470</x:t>
-        </x:is>
-[...592 lines deleted...]
-          <x:t>103,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>