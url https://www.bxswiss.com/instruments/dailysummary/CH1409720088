--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51ea463a304d47fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0b8e9c2a63b4c87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd81c334a91d94fd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc17fdc297fd4a6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6cb9645c228411d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd81c334a91d94fd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb995bb00e36b4bbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc17fdc297fd4a6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.00% p.a. Barrier Reverse Convertible on Palantir Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409720088</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,035</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>