--- v3 (2025-12-21)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0b8e9c2a63b4c87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc60c8bbf16dd4f96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc17fdc297fd4a6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d442a862c354371"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb995bb00e36b4bbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc17fdc297fd4a6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e9e7a9415ef465d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d442a862c354371" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.00% p.a. Barrier Reverse Convertible on Palantir Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409720088</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,620</x:t>
-[...576 lines deleted...]
-          <x:t>102,470</x:t>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>