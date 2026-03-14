--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc60c8bbf16dd4f96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6814856082e41e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d442a862c354371"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08f8ea1d48c44d68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e9e7a9415ef465d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d442a862c354371" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf126117860d44d5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08f8ea1d48c44d68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.00% p.a. Barrier Reverse Convertible on Palantir Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409720088</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,315</x:t>
-[...259 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,420</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>104,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,095</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>104,410</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,630</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>