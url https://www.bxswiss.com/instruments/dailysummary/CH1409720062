--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5ff573f1ba54152" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde5f2cc3896d4c0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra2cdd06877624e93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60e6498353664311"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b0924304613442a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra2cdd06877624e93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36e6e7926c7846b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60e6498353664311" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Albemarle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409720062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>98,490</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,670</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...86 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,820</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>99,100</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,110</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>98,670</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,820</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>29.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,725</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>100,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>