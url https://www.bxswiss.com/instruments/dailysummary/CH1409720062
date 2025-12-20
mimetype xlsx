--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde5f2cc3896d4c0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa6b7345807b48c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60e6498353664311"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb52f6ea4a7294f8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36e6e7926c7846b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60e6498353664311" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6d1f852769d4eed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb52f6ea4a7294f8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Albemarle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409720062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>101,215</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,305</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>101,475</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,515</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...234 lines deleted...]
-          <x:t>101,475</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,385</x:t>
-[...16 lines deleted...]
-          <x:t>101,920</x:t>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,920</x:t>
-[...4 lines deleted...]
-          <x:t>102,480</x:t>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>