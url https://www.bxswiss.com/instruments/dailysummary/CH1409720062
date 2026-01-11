--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa6b7345807b48c4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58d3183a3c374147" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb52f6ea4a7294f8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a05bb34c3b34c36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6d1f852769d4eed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb52f6ea4a7294f8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90af03e6d84b4129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a05bb34c3b34c36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Albemarle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409720062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>