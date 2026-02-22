--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58d3183a3c374147" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f415379f3464f45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a05bb34c3b34c36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd71b598586cb4af4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90af03e6d84b4129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a05bb34c3b34c36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87618da51ff9414a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd71b598586cb4af4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.00% p.a. Barrier Reverse Convertible on Albemarle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409720062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>103,525</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>