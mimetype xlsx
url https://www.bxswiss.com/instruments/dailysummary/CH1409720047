--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc977e48d402493e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd552308a83474bb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f62139445974db7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0515b25d01ff4e0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R053f02cc25ce4461" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f62139445974db7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9b9c10a10ce4bb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0515b25d01ff4e0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Accelleron Industries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409720047</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>102,910</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,910</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>102,950</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,960</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>102,960</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>102,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>102,990</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>10.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,000</x:t>
+          <x:t>102,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,030</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>102,990</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,010</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>103,050</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,080</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>102,980</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>