--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd552308a83474bb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddd49a2d74b540ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0515b25d01ff4e0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R684675ff16b14746"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9b9c10a10ce4bb8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0515b25d01ff4e0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R100e40035cca4dd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R684675ff16b14746" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Accelleron Industries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409720047</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,090</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,090</x:t>
-[...625 lines deleted...]
-          <x:t>103,000</x:t>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>