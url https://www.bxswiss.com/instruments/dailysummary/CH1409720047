--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddd49a2d74b540ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeec214f228c4275" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R684675ff16b14746"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab5dc08cd6cc45ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R100e40035cca4dd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R684675ff16b14746" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51a0b0b1a5be4f39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab5dc08cd6cc45ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Accelleron Industries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409720047</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...323 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,695</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>101,705</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,715</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-          <x:t>15.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,735</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>101,745</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,725</x:t>
-[...58 lines deleted...]
-          <x:t>101,755</x:t>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>