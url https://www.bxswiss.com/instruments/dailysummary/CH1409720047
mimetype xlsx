--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeec214f228c4275" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4449e383382c4525" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab5dc08cd6cc45ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2df8b1c384014b73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51a0b0b1a5be4f39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab5dc08cd6cc45ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf63bf6e042224a14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2df8b1c384014b73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Accelleron Industries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409720047</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>101,910</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>