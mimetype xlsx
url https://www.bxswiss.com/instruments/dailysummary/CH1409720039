--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5f540bd60ae40e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4c3f756067e4be6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35718a0166134afb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a2a8647d9da4845"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R194cde39456440ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35718a0166134afb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb50d273d962947e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a2a8647d9da4845" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.60% p.a. Barrier Reverse Convertible on Sonova</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409720039</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>85,350</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>