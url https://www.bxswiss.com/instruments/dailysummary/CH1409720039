--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4c3f756067e4be6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R921c841511004d10" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a2a8647d9da4845"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94f6e830aa1f4eb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb50d273d962947e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a2a8647d9da4845" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49ccb47226fa4d5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94f6e830aa1f4eb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.60% p.a. Barrier Reverse Convertible on Sonova</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409720039</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>