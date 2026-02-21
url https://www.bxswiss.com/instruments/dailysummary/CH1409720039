--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R921c841511004d10" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17bb56c253374931" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94f6e830aa1f4eb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2b301c21afd4158"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49ccb47226fa4d5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94f6e830aa1f4eb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfcc965235914b05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2b301c21afd4158" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.60% p.a. Barrier Reverse Convertible on Sonova</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409720039</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,595</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...389 lines deleted...]
-          <x:t>81,800</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>