--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17bb56c253374931" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb43b2628b764f74" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2b301c21afd4158"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51c7f16132a04693"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfcc965235914b05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2b301c21afd4158" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab2308c0ccb347e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51c7f16132a04693" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.60% p.a. Barrier Reverse Convertible on Sonova</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409720039</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,755</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -744,50 +366,428 @@
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,890</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>