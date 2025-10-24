--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R210ee7485c8746e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69bd47e54615444f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e5b5113e66a4113"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e9d809b772b425f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9cd28d6e2644724" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e5b5113e66a4113" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R972cc244cc884c8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e9d809b772b425f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409720021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>99,160</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,960</x:t>
-[...119 lines deleted...]
-          <x:t>99,140</x:t>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,180</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...450 lines deleted...]
-          <x:t>100,060</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,990</x:t>
-[...31 lines deleted...]
-          <x:t>100,230</x:t>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>