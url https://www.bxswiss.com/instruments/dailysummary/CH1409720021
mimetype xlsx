--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69bd47e54615444f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bfff837eec643bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e9d809b772b425f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43681642538a4324"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R972cc244cc884c8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e9d809b772b425f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb24049fe93e54f1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43681642538a4324" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409720021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>100,825</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>