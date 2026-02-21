--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bfff837eec643bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd428004cda494757" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43681642538a4324"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R910f62be4ce9439c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb24049fe93e54f1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43681642538a4324" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R701cdb79cb744e66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R910f62be4ce9439c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409720021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,680</x:t>
-[...16 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,600</x:t>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,100</x:t>
-[...377 lines deleted...]
-          <x:t>93,300</x:t>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>