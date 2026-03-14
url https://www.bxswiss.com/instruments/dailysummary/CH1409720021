--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd428004cda494757" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4581b0964e5b44d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R910f62be4ce9439c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R393f672ad3cb4442"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R701cdb79cb744e66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R910f62be4ce9439c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddf3d2a888934d06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R393f672ad3cb4442" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409720021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,750</x:t>
-[...112 lines deleted...]
-          <x:t>91,170</x:t>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,480</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...4 lines deleted...]
-          <x:t>91,650</x:t>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,920</x:t>
-        </x:is>
-[...359 lines deleted...]
-          <x:t>94,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>