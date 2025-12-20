--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R32bc2a02b3b241d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d8610765004495e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ebd0f7354f74c37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c7da67213ed44a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54f702b1e4644298" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ebd0f7354f74c37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raff2da74881247ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c7da67213ed44a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Outperformance Certificate on EURO STOXX® Banks Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409718819</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>157,920</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>155,705</x:t>
-[...193 lines deleted...]
-          <x:t>152,210</x:t>
+          <x:t>163,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>