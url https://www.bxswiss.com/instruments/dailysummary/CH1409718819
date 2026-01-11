--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d8610765004495e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d0535f77f0d4870" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c7da67213ed44a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R262f28e5a1814180"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raff2da74881247ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c7da67213ed44a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4fb92900fd941de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R262f28e5a1814180" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Outperformance Certificate on EURO STOXX® Banks Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409718819</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,075</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>