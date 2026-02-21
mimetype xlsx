--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d0535f77f0d4870" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2a38b41b29d41a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R262f28e5a1814180"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R424b5a1706f54b2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4fb92900fd941de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R262f28e5a1814180" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcec74bb48c44643" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R424b5a1706f54b2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Outperformance Certificate on EURO STOXX® Banks Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409718819</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>198,615</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>