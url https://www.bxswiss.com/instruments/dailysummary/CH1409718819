--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2a38b41b29d41a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7433e59bc5047d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R424b5a1706f54b2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbea33c146b8342dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcec74bb48c44643" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R424b5a1706f54b2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52866351a5584e7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbea33c146b8342dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Outperformance Certificate on EURO STOXX® Banks Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409718819</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>203,090</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>199,890</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>204,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>