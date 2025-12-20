--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb174ab8d6104588" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red089cd4a8004f3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0daf9fe6776485b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0a1f701850644f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5b80babd43b48fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0daf9fe6776485b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a3b26ee6b7f41e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0a1f701850644f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Outperformance Certificate on EURO STOXX® Banks Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409718801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>150,130</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,370</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>146,855</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>