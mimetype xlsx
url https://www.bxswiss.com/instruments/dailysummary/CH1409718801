--- v1 (2025-12-20)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red089cd4a8004f3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R230799c152e54a70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0a1f701850644f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5889128a641c4549"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a3b26ee6b7f41e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0a1f701850644f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cb73b8abae4452a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5889128a641c4549" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Outperformance Certificate on EURO STOXX® Banks Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409718801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,645</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>