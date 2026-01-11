--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R230799c152e54a70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65cde997f04f411b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5889128a641c4549"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe0d752238eb4821"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cb73b8abae4452a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5889128a641c4549" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebc63f03a6b34e0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe0d752238eb4821" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Outperformance Certificate on EURO STOXX® Banks Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409718801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,350</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>