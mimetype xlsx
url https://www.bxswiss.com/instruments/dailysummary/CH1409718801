--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65cde997f04f411b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra4a9146a82444ee0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe0d752238eb4821"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd90bbeba7884564"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebc63f03a6b34e0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe0d752238eb4821" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e54ed81827643ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd90bbeba7884564" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Outperformance Certificate on EURO STOXX® Banks Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409718801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>174,095</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>172,000</x:t>
-[...102 lines deleted...]
-          <x:t>175,715</x:t>
+          <x:t>173,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,495</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>180,725</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,405</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>181,555</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>