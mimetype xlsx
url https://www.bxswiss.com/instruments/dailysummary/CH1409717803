--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86038508b9aa4867" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ebd518c0f374af2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6100bb489cec4ede"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4f8ceb272344f38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3490373f36634646" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6100bb489cec4ede" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c395558c93642f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4f8ceb272344f38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.00% p.a. Barrier Reverse Convertible on TUI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409717803</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,390</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>05.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,980</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>99,920</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,100</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...59 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,450</x:t>
-        </x:is>
-[...445 lines deleted...]
-          <x:t>100,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>