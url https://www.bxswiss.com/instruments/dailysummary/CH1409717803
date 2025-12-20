--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ebd518c0f374af2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc995aca12f0b4de6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4f8ceb272344f38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb49416eb832d4d6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c395558c93642f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4f8ceb272344f38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6ffe7ab8ecc42b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb49416eb832d4d6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.00% p.a. Barrier Reverse Convertible on TUI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409717803</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,635</x:t>
-[...4 lines deleted...]
-          <x:t>100,280</x:t>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,370</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>100,350</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,170</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>99,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,920</x:t>
-[...168 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,755</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>100,450</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>