--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc995aca12f0b4de6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65b28bd7f5c34627" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb49416eb832d4d6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4b1444a67ca4726"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6ffe7ab8ecc42b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb49416eb832d4d6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b961f3a3a63464d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4b1444a67ca4726" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.00% p.a. Barrier Reverse Convertible on TUI</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409717803</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>100,050</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,120</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,755</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>