--- v0 (2026-01-09)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50c348f0ddb34048" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0303a3ee9b74acd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4aa4f292a28246f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c7ac2f89cd4453d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8e46b78c7224d6c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4aa4f292a28246f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1fa6900396b4ad8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c7ac2f89cd4453d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409717795</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>