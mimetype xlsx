--- v1 (2026-01-10)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0303a3ee9b74acd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5acb1c89b5f4ead" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c7ac2f89cd4453d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R027901ee4b664b83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1fa6900396b4ad8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c7ac2f89cd4453d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd638f3cb4aa14ebf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R027901ee4b664b83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409717795</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>90,770</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,150</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...224 lines deleted...]
-          <x:t>05.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>90,960</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>94,160</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>