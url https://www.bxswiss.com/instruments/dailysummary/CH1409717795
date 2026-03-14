--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5acb1c89b5f4ead" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5c37ccbc2754e7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R027901ee4b664b83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1baa0ef03c704b74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd638f3cb4aa14ebf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R027901ee4b664b83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R484745a3acf5486a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1baa0ef03c704b74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Straumann</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409717795</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>91,860</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>90,810</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>88,700</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,120</x:t>
-[...436 lines deleted...]
-          <x:t>90,810</x:t>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>