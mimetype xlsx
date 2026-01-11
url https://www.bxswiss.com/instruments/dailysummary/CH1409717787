--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdcfcb676435b4597" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f7d94cd98114fc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd126ef1e9fe64ccd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b764dd83c184457"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d2f9b2d018f48cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd126ef1e9fe64ccd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8a7d408bb4a4903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b764dd83c184457" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Stadler Rail</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409717787</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,410</x:t>
-[...263 lines deleted...]
-        <x:is>
           <x:t>99,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,110</x:t>
-[...161 lines deleted...]
-          <x:t>99,640</x:t>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,170</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>100,665</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>