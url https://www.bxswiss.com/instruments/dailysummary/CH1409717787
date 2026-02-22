--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f7d94cd98114fc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd10ee49a8e1549e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b764dd83c184457"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf76ee8474d234827"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8a7d408bb4a4903" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b764dd83c184457" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59eeed40f36a4116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf76ee8474d234827" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Stadler Rail</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409717787</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>98,750</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,750</x:t>
-[...26 lines deleted...]
-          <x:t>98,880</x:t>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.12.2025</x:t>
-[...289 lines deleted...]
-          <x:t>99,280</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>