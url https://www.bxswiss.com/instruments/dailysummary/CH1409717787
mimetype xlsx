--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd10ee49a8e1549e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb95084aad8d448a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf76ee8474d234827"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d4b18dd6a7d4e7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59eeed40f36a4116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf76ee8474d234827" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79eaa2ce357643ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d4b18dd6a7d4e7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Stadler Rail</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409717787</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,529 +149,151 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...296 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,275</x:t>
-[...170 lines deleted...]
-        <x:is>
           <x:t>101,075</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,830</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>