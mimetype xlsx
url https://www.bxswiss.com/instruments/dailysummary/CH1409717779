--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re96d70a971954853" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafa4acf4cd7c40a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9e27f55418447e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfd9cbac0bd94734"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9c8d4f8556f4a56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9e27f55418447e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R229a092bbdee467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfd9cbac0bd94734" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.80% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409717779</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>83,220</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,460</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.09.2025</x:t>
-[...284 lines deleted...]
-          <x:t>87,280</x:t>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>