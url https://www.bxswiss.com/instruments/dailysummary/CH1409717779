--- v1 (2025-10-25)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafa4acf4cd7c40a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94c908461fc84ab3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfd9cbac0bd94734"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e13a6dfda9c48e0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R229a092bbdee467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfd9cbac0bd94734" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85a866a578274e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e13a6dfda9c48e0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.80% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409717779</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>86,110</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>