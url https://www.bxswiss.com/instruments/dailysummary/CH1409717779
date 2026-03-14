--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94c908461fc84ab3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f218a61ae204654" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e13a6dfda9c48e0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R726f8a560e914e0c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85a866a578274e6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e13a6dfda9c48e0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3d7fd36ea604890" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R726f8a560e914e0c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.80% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409717779</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,520</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...519 lines deleted...]
-          <x:t>98,750</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,890</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>99,670</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,520</x:t>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>