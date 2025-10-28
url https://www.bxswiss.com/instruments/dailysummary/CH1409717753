--- v0 (2025-10-04)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra40dbb09a4434ef3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R596cbe090e1e4318" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4851fc1ed494c03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra59e44d12c4e496f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b470846b173479f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4851fc1ed494c03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red9e4b0f280d45db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra59e44d12c4e496f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.20% p.a. Barrier Reverse Convertible on Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409717753</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>94,660</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,770</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>98,340</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>