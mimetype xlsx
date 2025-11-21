--- v1 (2025-10-28)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R596cbe090e1e4318" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5176f99f6f5f44e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra59e44d12c4e496f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73027f0eae9845b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Red9e4b0f280d45db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra59e44d12c4e496f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14173499b329410a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73027f0eae9845b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.20% p.a. Barrier Reverse Convertible on Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409717753</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>98,530</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,400</x:t>
-[...156 lines deleted...]
-          <x:t>97,630</x:t>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,290</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>94,770</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>