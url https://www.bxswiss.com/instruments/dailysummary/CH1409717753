--- v2 (2025-11-21)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5176f99f6f5f44e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56272e927897442e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73027f0eae9845b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19c2ea32ec66420e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14173499b329410a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73027f0eae9845b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf49668dab1894f33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19c2ea32ec66420e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.20% p.a. Barrier Reverse Convertible on Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409717753</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>99,600</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>