--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R898a4ecc95244293" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5789e2279d314864" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R092bdae2edf34115"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R808442614b5d41d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc1bfbe0e3d84791" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R092bdae2edf34115" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ff54018b877414b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R808442614b5d41d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.60% p.a. Multi Barrier Reverse Convertible on Apple, Microsoft, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409716425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,179 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>94,270</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>