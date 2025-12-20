--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5789e2279d314864" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd935e2226d514b31" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R808442614b5d41d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52617943b3584f78"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ff54018b877414b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R808442614b5d41d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R939340aa9ca44c29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52617943b3584f78" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.60% p.a. Multi Barrier Reverse Convertible on Apple, Microsoft, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409716425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,179 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...146 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>