--- v2 (2025-12-20)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd935e2226d514b31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33ded48b2edc4528" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52617943b3584f78"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b265ae16b2447fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R939340aa9ca44c29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52617943b3584f78" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11799434e32544bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b265ae16b2447fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.60% p.a. Multi Barrier Reverse Convertible on Apple, Microsoft, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409716425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,57 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...5 lines deleted...]
-        <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -297,31 +290,38 @@
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>