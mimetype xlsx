--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33ded48b2edc4528" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fca50e8da374429" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b265ae16b2447fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d3973daffbd411f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11799434e32544bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b265ae16b2447fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1730ef54f51d40a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d3973daffbd411f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.60% p.a. Multi Barrier Reverse Convertible on Apple, Microsoft, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409716425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,137 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...103 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>