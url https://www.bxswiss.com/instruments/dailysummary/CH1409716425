--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fca50e8da374429" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcac8423243f3494f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d3973daffbd411f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ea0b2bdd42446c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1730ef54f51d40a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d3973daffbd411f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ed0b8f6ae034c96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ea0b2bdd42446c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.60% p.a. Multi Barrier Reverse Convertible on Apple, Microsoft, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409716425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,137 +149,526 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...104 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>