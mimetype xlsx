--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcac8423243f3494f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca70653ee01d47f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ea0b2bdd42446c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e97d6a9a1fd4b5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ed0b8f6ae034c96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ea0b2bdd42446c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9179448324354d57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e97d6a9a1fd4b5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.60% p.a. Multi Barrier Reverse Convertible on Apple, Microsoft, Tesla</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409716425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,526 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...132 lines deleted...]
-          <x:t>98,520</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,290</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>98,400</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,830</x:t>
-[...6 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>97,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,590</x:t>
-[...48 lines deleted...]
-          <x:t>98,210</x:t>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,210</x:t>
-[...87 lines deleted...]
-          <x:t>13.02.2026</x:t>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,750</x:t>
-[...144 lines deleted...]
-          <x:t>98,000</x:t>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>