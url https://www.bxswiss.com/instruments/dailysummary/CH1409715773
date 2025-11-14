--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5265ddef3ad44f17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7745db6b91c647ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c46e0c701ba4c71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f00a8cbb25940d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d7e131226b44478" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c46e0c701ba4c71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb1ca5a870d74713" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f00a8cbb25940d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.40% p.a. Barrier Reverse Convertible on Duolingo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409715773</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...436 lines deleted...]
-          <x:t>85,810</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,770</x:t>
-[...48 lines deleted...]
-          <x:t>88,030</x:t>
+          <x:t>86,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,030</x:t>
-[...134 lines deleted...]
-          <x:t>88,550</x:t>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>