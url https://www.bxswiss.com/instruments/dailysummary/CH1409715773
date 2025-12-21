--- v1 (2025-11-14)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7745db6b91c647ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rada81b934e604a98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f00a8cbb25940d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e151579d8f94738"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb1ca5a870d74713" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f00a8cbb25940d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R656b5e01a7e14de9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e151579d8f94738" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.40% p.a. Barrier Reverse Convertible on Duolingo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409715773</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,179 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>60,535</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>