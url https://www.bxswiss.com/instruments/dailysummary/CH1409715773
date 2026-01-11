--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rada81b934e604a98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc39a4102ffcc4146" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e151579d8f94738"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22207a439a5c4c17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R656b5e01a7e14de9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e151579d8f94738" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reca64df26501420f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22207a439a5c4c17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.40% p.a. Barrier Reverse Convertible on Duolingo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409715773</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,144 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>