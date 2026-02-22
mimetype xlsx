--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc39a4102ffcc4146" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39c8e65e1c0d4dfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R22207a439a5c4c17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c48ea5c19ef48ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reca64df26501420f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R22207a439a5c4c17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32665a7f3f0947c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c48ea5c19ef48ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.40% p.a. Barrier Reverse Convertible on Duolingo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409715773</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,144 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...111 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>