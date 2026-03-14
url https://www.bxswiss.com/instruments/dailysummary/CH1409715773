--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39c8e65e1c0d4dfa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08ecbbdb394342b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c48ea5c19ef48ab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f40fcd9087949e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32665a7f3f0947c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c48ea5c19ef48ab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32d267f783f840cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f40fcd9087949e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.40% p.a. Barrier Reverse Convertible on Duolingo</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409715773</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...117 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>