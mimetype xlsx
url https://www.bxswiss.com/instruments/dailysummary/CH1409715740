--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d92652ad34a4a21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R326cbfeea8f64d75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0a00b36aa124280"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a743174e61843b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3615f042fa0746be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0a00b36aa124280" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f4cd1206aad4c9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a743174e61843b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.40% p.a. Barrier Reverse Convertible on Bachem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409715740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,690</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>99,510</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,550</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>99,450</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>