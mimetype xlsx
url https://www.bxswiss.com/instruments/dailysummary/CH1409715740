--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R326cbfeea8f64d75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d186a51d6bf482f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a743174e61843b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44b4b64383484956"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f4cd1206aad4c9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a743174e61843b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0672f28d61ce4031" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44b4b64383484956" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.40% p.a. Barrier Reverse Convertible on Bachem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409715740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,360</x:t>
-[...139 lines deleted...]
-          <x:t>98,980</x:t>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,450</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...337 lines deleted...]
-          <x:t>97,910</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,980</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>99,010</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>