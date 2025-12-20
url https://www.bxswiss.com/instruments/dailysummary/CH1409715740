--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d186a51d6bf482f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5b0c3748de74063" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44b4b64383484956"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14778181a9e84fd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0672f28d61ce4031" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44b4b64383484956" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1503e03d289645ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14778181a9e84fd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.40% p.a. Barrier Reverse Convertible on Bachem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409715740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...144 lines deleted...]
-          <x:t>97,920</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,810</x:t>
-[...6 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>97,910</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...465 lines deleted...]
-          <x:t>93,390</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>