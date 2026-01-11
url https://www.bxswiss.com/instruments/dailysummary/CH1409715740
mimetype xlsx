--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5b0c3748de74063" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72a63b45141140ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14778181a9e84fd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R708f67578f94402e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1503e03d289645ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14778181a9e84fd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R906c8d099fe54ba7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R708f67578f94402e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.40% p.a. Barrier Reverse Convertible on Bachem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409715740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>