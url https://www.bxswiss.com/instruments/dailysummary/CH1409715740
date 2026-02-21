--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72a63b45141140ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd97f984d9cb646e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R708f67578f94402e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3efff3a765048b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R906c8d099fe54ba7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R708f67578f94402e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97c8aa84a90d479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3efff3a765048b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.40% p.a. Barrier Reverse Convertible on Bachem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409715740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...220 lines deleted...]
-          <x:t>98,610</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,630</x:t>
-        </x:is>
-[...224 lines deleted...]
-          <x:t>101,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>