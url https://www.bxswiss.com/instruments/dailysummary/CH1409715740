--- v5 (2026-02-21)
+++ v6 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd97f984d9cb646e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0580436099174f95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3efff3a765048b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f02dc6e2dd24804"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97c8aa84a90d479d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3efff3a765048b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2575cb9292f045ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f02dc6e2dd24804" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.40% p.a. Barrier Reverse Convertible on Bachem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1409715740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...382 lines deleted...]
-          <x:t>99,830</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,770</x:t>
-[...11 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,170</x:t>
-[...75 lines deleted...]
-          <x:t>99,350</x:t>
+          <x:t>100,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,180</x:t>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,370</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>99,630</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>